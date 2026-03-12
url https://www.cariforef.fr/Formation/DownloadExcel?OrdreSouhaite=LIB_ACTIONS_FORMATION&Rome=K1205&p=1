--- v0 (2026-03-10)
+++ v1 (2026-03-12)
@@ -221,161 +221,161 @@
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Évaluation TTAP pour adolescents et adultes (à partir de 13 ans)</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Intervenir auprès du très jeune enfant (moins de 48 mois)</x:t>
   </x:si>
   <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/20/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Autisme, TSA : Repères spatio-temporels et prévisibilité</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Répondre aux besoins des personnes vieillissantes</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Répondre aux enjeux du dispositif Serafin-PH</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Utiliser des évaluations perceptives et sensorielles pour établir un Plan d’Action Sensoriel Individualisé</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA avec TDI modéré à sévère : Enseigner des comportements sociaux adaptés</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA sans TDI : Accompagner des adultes vers l’emploi en milieu ordinaire</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA sans TDI : Comprendre, repérer et accompagner</x:t>
   </x:si>
   <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/28/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>05/29/2026 00:00:00</x:t>
+    <x:t>BUT spécialité carrières sociales parcours villes et territoires durables</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement durable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité carrières sociales parcours villes et territoires durables</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 3 et 4</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
-    <x:t>formation entièrement présentielle</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CESU Education thérapeutique communication pharmacien / patient et télésoins</x:t>
   </x:si>
   <x:si>
     <x:t>Prévention éducation santé</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en bien-être émotionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Synergie Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>ESN</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
@@ -539,60 +539,60 @@
   <x:si>
     <x:t>Amn Conseil et Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>préparation à l'entrée dans les formations sociales (niveau CAP à bac) technicien de l'intervention sociale et familiale</x:t>
   </x:si>
   <x:si>
     <x:t>IMFRIS</x:t>
   </x:si>
   <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Prévenir et lutter contre les Violences Sexistes et Sexuelles au Travail (VSST)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour l'Amélioration des Conditions de Travail</x:t>
   </x:si>
   <x:si>
     <x:t>ANACT</x:t>
   </x:si>
   <x:si>
     <x:t>69009</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialisation médiation ou négociation familiale</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
@@ -1611,103 +1611,103 @@
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>585134</x:v>
+        <x:v>585133</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="U10" s="16" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>585133</x:v>
+        <x:v>585134</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
@@ -2068,275 +2068,276 @@
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>585138</x:v>
+        <x:v>585137</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>585137</x:v>
+        <x:v>585138</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35516</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="P21" s="0" t="s">
+      <x:c r="S21" s="0" t="n">
+        <x:v>575962</x:v>
+      </x:c>
+      <x:c r="T21" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
+      <x:c r="U21" s="4" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35516</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>575962</x:v>
+        <x:v>596685</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>44074</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>589580</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>94</x:v>
@@ -2347,97 +2348,97 @@
       <x:c r="M24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>44021</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>533561</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="L25" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M25" s="0" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>597159</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -2479,297 +2480,297 @@
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>44021</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>618127</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="L28" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M28" s="14" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>592396</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>44007</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>572786</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40056</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="L30" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M30" s="14" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>592271</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40056</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>574882</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
@@ -2806,360 +2807,360 @@
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>541366</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>617977</x:v>
+        <x:v>617200</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>617200</x:v>
+        <x:v>617977</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="L36" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M36" s="14" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>616013</x:v>
+        <x:v>616012</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="L37" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M37" s="0" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>616012</x:v>
+        <x:v>616014</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="L38" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M38" s="14" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>616014</x:v>
+        <x:v>616013</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>44074</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>616983</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -3170,66 +3171,66 @@
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>44007</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>537424</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>24</x:v>