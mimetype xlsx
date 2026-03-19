--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -278,65 +278,65 @@
   <x:si>
     <x:t>Réparation véhicule industriel</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option C - Motocycles</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique cycle motocycle</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option Motocycles</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option Véhicules de transport routier</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option Véhicules légers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro maintenance des véhicules option A voitures particulières (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
@@ -479,140 +479,140 @@
   <x:si>
     <x:t>84270</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Aubagne - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro maintenance des véhicules option C motocycles (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84009</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro maintenance des véhicules option motocycles</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Argensol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE Cedex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Cisson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Floride</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP les Alpilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Léon Chiris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP L Blum</x:t>
   </x:si>
   <x:si>
     <x:t>83011</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
-[...70 lines deleted...]
-  <x:si>
     <x:t>Bac pro maintenance des véhicules option motocycles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro maintenance des véhicules option véhicules de transport routier</x:t>
   </x:si>
   <x:si>
     <x:t>LP Galliéni Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83181</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
@@ -707,90 +707,90 @@
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Maintenance des véhicules - Option A Voitures particulières</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/09/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS Maintenance des véhicules - Option B Véhicules de transport routier</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Maintenance des véhicules - Option C Motocycles</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Maintenance des véhicules - Option Motocycles (à partir de la rentrée 2026)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Maintenance des véhicules - Option Véhicules de transport routier (à partir de la rentrée 2026)</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Maintenance des véhicules - Option Véhicules légers (à partir de la rentrée 2026)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des véhicules option A : voitures particulières (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Frédéric Mistral - Lycée des Métiers de l'Automobile et des Services aux Entreprises</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Philippe de Girard</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Lycée Polyvalent Philippe de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Léon Chiris</x:t>
   </x:si>
   <x:si>
     <x:t>La Cordeille Formation - Externat Saint Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des véhicules option B : véhicules de transport routier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel La Floride</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des véhicules option C : motocycles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des véhicules option motocycles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des véhicules option véhicules de transport routier</x:t>
   </x:si>
@@ -3231,620 +3231,619 @@
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>618434</x:v>
+        <x:v>618435</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>618436</x:v>
+        <x:v>618434</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>618437</x:v>
+        <x:v>618436</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>618435</x:v>
+        <x:v>618437</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>618415</x:v>
+        <x:v>618421</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>618416</x:v>
+        <x:v>618424</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>618423</x:v>
+        <x:v>618420</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>618421</x:v>
+        <x:v>618425</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>618424</x:v>
+        <x:v>618415</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>618420</x:v>
+        <x:v>618416</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>618425</x:v>
+        <x:v>618423</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5294,1106 +5293,1111 @@
         <x:v>455437</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>479452</x:v>
+        <x:v>495831</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>496894</x:v>
+        <x:v>495835</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>564814</x:v>
+        <x:v>502004</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>552782</x:v>
+        <x:v>448720</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>552837</x:v>
+        <x:v>451675</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>448521</x:v>
+        <x:v>553234</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>448625</x:v>
+        <x:v>479452</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>508750</x:v>
+        <x:v>496894</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>501512</x:v>
+        <x:v>564814</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>553235</x:v>
+        <x:v>502118</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>553236</x:v>
+        <x:v>547313</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>496892</x:v>
+        <x:v>552782</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>547542</x:v>
+        <x:v>552837</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>547756</x:v>
+        <x:v>459443</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>448699</x:v>
+        <x:v>448521</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>459443</x:v>
+        <x:v>448625</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>495831</x:v>
+        <x:v>508750</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>495835</x:v>
+        <x:v>501512</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>84</x:v>
@@ -6401,368 +6405,363 @@
       <x:c r="H76" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>502004</x:v>
+        <x:v>553235</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>448720</x:v>
+        <x:v>553236</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>451675</x:v>
+        <x:v>496892</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>553234</x:v>
+        <x:v>547542</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>502118</x:v>
+        <x:v>547756</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>547313</x:v>
+        <x:v>448699</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -7379,1201 +7378,1204 @@
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>502122</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>40996</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>592467</x:v>
+        <x:v>495839</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>117</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>495839</x:v>
+        <x:v>547543</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>547543</x:v>
+        <x:v>549579</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>549579</x:v>
+        <x:v>549443</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>549443</x:v>
+        <x:v>451677</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>99</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>451677</x:v>
+        <x:v>478660</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>478660</x:v>
+        <x:v>552690</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>552690</x:v>
+        <x:v>448677</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>448677</x:v>
+        <x:v>553190</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>553190</x:v>
+        <x:v>501113</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>501113</x:v>
+        <x:v>501880</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>501880</x:v>
+        <x:v>494782</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
-      <x:c r="E105" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>494782</x:v>
+        <x:v>592462</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>592462</x:v>
+        <x:v>592465</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>592465</x:v>
+        <x:v>592460</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>592460</x:v>
+        <x:v>592463</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="I109" s="4" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="Q109" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="Q109" s="4" t="s">
+      <x:c r="R109" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="R109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>592463</x:v>
+        <x:v>592466</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>592466</x:v>
+        <x:v>592461</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>592461</x:v>
+        <x:v>592464</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>592464</x:v>
+        <x:v>592467</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -8760,57 +8762,57 @@
       <x:c r="H116" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>607521</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -8840,349 +8842,349 @@
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>601701</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>592423</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>592421</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>592422</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>592424</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>592420</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>592425</x:v>
       </x:c>
@@ -9283,51 +9285,51 @@
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>604626</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>122</x:v>
@@ -9592,904 +9594,904 @@
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>602892</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>592426</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>592429</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>592433</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>592436</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>592440</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>592441</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>592428</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>592432</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>592435</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>592438</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>592427</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>592430</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>592431</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>592434</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>592437</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>592439</x:v>
       </x:c>
@@ -11911,81 +11913,81 @@
       <x:c r="R170" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>588541</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>550642</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
@@ -12003,51 +12005,51 @@
       <x:c r="J172" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>523504</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -12060,51 +12062,51 @@
       <x:c r="J173" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>606287</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
@@ -12117,51 +12119,51 @@
       <x:c r="J174" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>523511</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -12171,669 +12173,669 @@
       <x:c r="J175" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>587955</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>553985</x:v>
+        <x:v>523514</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>588540</x:v>
+        <x:v>551754</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="U177" s="4" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>542491</x:v>
+        <x:v>588540</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>523514</x:v>
+        <x:v>542491</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="H180" s="14" t="s"/>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s">
+        <x:v>211</x:v>
+      </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>551754</x:v>
+        <x:v>553985</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>494208</x:v>
+        <x:v>587907</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>572453</x:v>
+        <x:v>572457</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>587907</x:v>
+        <x:v>542488</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="H184" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>572457</x:v>
+        <x:v>572453</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>542488</x:v>
+        <x:v>494208</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>572455</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -12843,342 +12845,342 @@
       <x:c r="J187" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>572456</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>585550</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>541907</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>509246</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>564554</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>564555</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -13191,51 +13193,51 @@
       <x:c r="J193" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>554022</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
@@ -13250,51 +13252,51 @@
       <x:c r="J194" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>606240</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -13307,110 +13309,110 @@
       <x:c r="J195" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>618444</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>618443</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -13449,84 +13451,84 @@
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>618442</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>618440</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -13536,165 +13538,165 @@
       <x:c r="J199" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>618441</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>618427</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>618428</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
@@ -13734,57 +13736,57 @@
       <x:c r="S202" s="14" t="n">
         <x:v>618426</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -13795,212 +13797,212 @@
         <x:v>556730</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>117</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>495845</x:v>
+        <x:v>547820</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>511032</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="H206" s="14" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>547820</x:v>
+        <x:v>495845</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -14059,54 +14061,54 @@
       <x:c r="H208" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>556435</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
@@ -14183,54 +14185,54 @@
       <x:c r="I210" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>556432</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -14591,57 +14593,57 @@
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>494823</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -14655,54 +14657,54 @@
       <x:c r="I218" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>511031</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -14746,141 +14748,141 @@
         <x:v>549582</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>515641</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>494815</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -14889,117 +14891,117 @@
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>547821</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>547709</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -15073,54 +15075,54 @@
       <x:c r="I225" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>556485</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -15164,84 +15166,84 @@
       <x:c r="S226" s="14" t="n">
         <x:v>549445</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>602229</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -15315,90 +15317,90 @@
       <x:c r="I229" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>616844</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>620440</x:v>
       </x:c>
@@ -15426,63 +15428,63 @@
       <x:c r="G231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>616854</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>211</x:v>
@@ -15520,306 +15522,306 @@
       <x:c r="S232" s="14" t="n">
         <x:v>607824</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>616863</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>620405</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>620404</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>620402</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>620403</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -15893,54 +15895,54 @@
       <x:c r="I239" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>614550</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -16067,63 +16069,63 @@
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>614566</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>41864</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -16306,241 +16308,241 @@
       <x:c r="H246" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>614553</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>549588</x:v>
+        <x:v>553214</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>498207</x:v>
+        <x:v>549588</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>501572</x:v>
+        <x:v>498207</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>84</x:v>
@@ -16548,66 +16550,66 @@
       <x:c r="H250" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>553214</x:v>
+        <x:v>501572</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -17633,114 +17635,114 @@
       <x:c r="J268" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>493030</x:v>
+        <x:v>543653</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>543653</x:v>
+        <x:v>493030</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -17855,51 +17857,51 @@
       <x:c r="J272" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>515271</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -17909,107 +17911,107 @@
       <x:c r="J273" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>544796</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>557451</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
@@ -18103,81 +18105,81 @@
       <x:c r="R276" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>587260</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>587257</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
@@ -18358,51 +18360,51 @@
       <x:c r="J281" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>587259</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
@@ -18604,148 +18606,148 @@
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>580003</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>592469</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>592470</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -18816,57 +18818,57 @@
       <x:c r="H289" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>607564</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -18963,403 +18965,403 @@
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>601707</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>549449</x:v>
+        <x:v>604815</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>502056</x:v>
+        <x:v>549449</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>601709</x:v>
+        <x:v>607565</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>501152</x:v>
+        <x:v>601709</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>607565</x:v>
+        <x:v>501152</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>604815</x:v>
+        <x:v>502056</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>86</x:v>
@@ -19387,100 +19389,100 @@
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>501717</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>608785</x:v>
+        <x:v>495857</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>101</x:v>
@@ -19491,117 +19493,117 @@
       <x:c r="K300" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>608786</x:v>
+        <x:v>608785</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>495857</x:v>
+        <x:v>608786</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>86</x:v>
@@ -20026,57 +20028,57 @@
       <x:c r="H309" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>552738</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -20087,57 +20089,57 @@
       <x:c r="H310" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>552765</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -20587,238 +20589,238 @@
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>587819</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>592457</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>592455</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>592459</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>592456</x:v>
       </x:c>
@@ -20933,156 +20935,156 @@
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>608780</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>494820</x:v>
+        <x:v>616827</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>616827</x:v>
+        <x:v>494820</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -21285,817 +21287,817 @@
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>604873</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>592443</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>592446</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>592449</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>592445</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>592448</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>592454</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>592451</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>592452</x:v>
+        <x:v>592442</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>592444</x:v>
+        <x:v>592452</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>620390</x:v>
+        <x:v>592444</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>592447</x:v>
+        <x:v>620390</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>592450</x:v>
+        <x:v>592447</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>592453</x:v>
+        <x:v>592450</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>592442</x:v>
+        <x:v>592453</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -22378,266 +22380,265 @@
         <x:v>604236</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="H350" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H350" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I350" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>623849</x:v>
+        <x:v>604752</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>604752</x:v>
+        <x:v>601711</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>601711</x:v>
+        <x:v>604174</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>604174</x:v>
+        <x:v>623849</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>84</x:v>
@@ -23630,57 +23631,57 @@
       <x:c r="S370" s="14" t="n">
         <x:v>547392</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -23781,51 +23782,51 @@
       <x:c r="J373" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>578679</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -24348,880 +24349,880 @@
       <x:c r="S382" s="14" t="n">
         <x:v>495865</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>549451</x:v>
+        <x:v>493137</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>493137</x:v>
+        <x:v>517857</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H385" s="0" t="s">
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>517857</x:v>
+        <x:v>549451</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>494873</x:v>
+        <x:v>547853</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>517856</x:v>
+        <x:v>494873</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>553276</x:v>
+        <x:v>517856</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>549450</x:v>
+        <x:v>553276</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="H390" s="14" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
       <x:c r="I390" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>547853</x:v>
+        <x:v>549450</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>597097</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>597098</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>597100</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>571472</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>597096</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>518575</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>571471</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
@@ -25253,70 +25254,70 @@
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>580001</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>597099</x:v>
       </x:c>
@@ -25325,75 +25326,75 @@
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>498538</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
@@ -25444,75 +25445,75 @@
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>549074</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
@@ -25563,75 +25564,75 @@
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>601994</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
@@ -25787,84 +25788,84 @@
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>494195</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>570871</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -25880,104 +25881,104 @@
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>587975</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>587262</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -26001,322 +26002,322 @@
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>587261</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>594205</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>594204</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>594203</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>594206</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>594208</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>594207</x:v>
       </x:c>
@@ -27388,70 +27389,70 @@
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>529119</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>39943</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>597257</x:v>
       </x:c>
@@ -27906,69 +27907,69 @@
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>607364</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>23646</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>594247</x:v>
       </x:c>
@@ -28047,51 +28048,51 @@
         <x:v>375</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s"/>
       <x:c r="K448" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>607194</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>375</x:v>
@@ -32514,150 +32515,150 @@
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>519847</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>38295</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I534" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>519896</x:v>
+        <x:v>542231</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38295</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>542231</x:v>
+        <x:v>519896</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38295</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I536" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
@@ -33800,51 +33801,51 @@
       <x:c r="L555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>620158</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s">
         <x:v>328</x:v>
@@ -33935,150 +33936,150 @@
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>542486</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>35227</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I558" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>585551</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>35227</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>617135</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>35227</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
@@ -34211,51 +34212,51 @@
       <x:c r="L562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>620162</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">