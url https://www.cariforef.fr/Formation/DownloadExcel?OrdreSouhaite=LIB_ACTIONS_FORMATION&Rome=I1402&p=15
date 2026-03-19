--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -194,191 +194,191 @@
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/18/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro cybersécurité, informatique et réseaux, électronique</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Marie-Madeleine Fourcade - site Jules Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réseau télécom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Joseph</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLIOULES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ampère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP de Sorgues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent de la Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Hutinel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP P et L Poutrain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée G Cisson</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Marie-Madeleine Fourcade - site Jules Ferry</x:t>
-[...61 lines deleted...]
-  <x:si>
     <x:t>Pôle Ecoles Méditerranée - Ecoles des apprentis de la Marine</x:t>
   </x:si>
   <x:si>
     <x:t>83800</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
@@ -593,83 +593,83 @@
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro systèmes numériques option B audiovisuels, réseau et équipement domestiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Circuler et travailler en zone ATEX (ATmosphère EXplosive) - Niveau 0 - Initial et recyclage - ATB008</x:t>
   </x:si>
   <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/20/2026 00:00:00</x:t>
+    <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/22/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
@@ -704,95 +704,95 @@
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/11/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/17/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Exécuter en sécurité des opérations en zone ATEX (ATmosphère EXplosive) - Avis d'habilitation niveau 1 - ATB001</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser la maintenance d'équipements en zone ATEX - ATD001</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réparateur de produits nomades (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gsm Master</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Composant électronique</x:t>
@@ -815,60 +815,60 @@
   <x:si>
     <x:t>Électroménager</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien services de l'électroménager connecté (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Saint Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien valoriste du réemploi d’appareils informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion déchet</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de reconditionnement numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Fella Phone Academy</x:t>
   </x:si>
@@ -1983,205 +1983,205 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>610377</x:v>
+        <x:v>619248</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>619248</x:v>
+        <x:v>591488</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>591488</x:v>
+        <x:v>591491</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>591491</x:v>
+        <x:v>610377</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>24</x:v>
@@ -2292,153 +2292,153 @@
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>619250</x:v>
+        <x:v>610376</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>619256</x:v>
+        <x:v>619250</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>610376</x:v>
+        <x:v>619256</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
@@ -2650,105 +2650,105 @@
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>610375</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>597052</x:v>
+        <x:v>597042</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -2758,51 +2758,51 @@
       <x:c r="K25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>597070</x:v>
+        <x:v>597047</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
@@ -2815,51 +2815,51 @@
       <x:c r="K26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>597042</x:v>
+        <x:v>597049</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -2869,51 +2869,51 @@
       <x:c r="K27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>597047</x:v>
+        <x:v>597054</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
@@ -2926,51 +2926,51 @@
       <x:c r="K28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>597049</x:v>
+        <x:v>597056</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -2980,51 +2980,51 @@
       <x:c r="K29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>597054</x:v>
+        <x:v>597064</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
@@ -3037,51 +3037,51 @@
       <x:c r="K30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>597056</x:v>
+        <x:v>597069</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -3091,51 +3091,51 @@
       <x:c r="K31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>597064</x:v>
+        <x:v>597052</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
@@ -3148,102 +3148,102 @@
       <x:c r="K32" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>597069</x:v>
+        <x:v>597070</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>616040</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
@@ -3616,78 +3616,78 @@
       <x:c r="S40" s="14" t="n">
         <x:v>597063</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>597041</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
@@ -4423,54 +4423,54 @@
       <x:c r="I55" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>609476</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -4544,54 +4544,54 @@
       <x:c r="I57" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>556782</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -4665,54 +4665,54 @@
       <x:c r="I59" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>509396</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -4724,514 +4724,514 @@
       <x:c r="I60" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>494778</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>610387</x:v>
+        <x:v>610382</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>610390</x:v>
+        <x:v>610389</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>619266</x:v>
+        <x:v>619264</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>619269</x:v>
+        <x:v>610387</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>619272</x:v>
+        <x:v>610390</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>610382</x:v>
+        <x:v>619266</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>610383</x:v>
+        <x:v>619269</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>610389</x:v>
+        <x:v>619272</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>619264</x:v>
+        <x:v>610383</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>24</x:v>
@@ -5240,100 +5240,100 @@
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>619265</x:v>
+        <x:v>610388</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>619267</x:v>
+        <x:v>619265</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>24</x:v>
@@ -5342,51 +5342,51 @@
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>610388</x:v>
+        <x:v>619267</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
@@ -5394,54 +5394,54 @@
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>610384</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
@@ -6161,54 +6161,54 @@
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>610365</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
@@ -6312,51 +6312,51 @@
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>610366</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
@@ -6414,51 +6414,51 @@
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>610372</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
@@ -6516,51 +6516,51 @@
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>610373</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
@@ -6618,51 +6618,51 @@
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>619244</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
@@ -6671,51 +6671,51 @@
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>610367</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
@@ -6767,1123 +6767,1123 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>610368</x:v>
+        <x:v>619246</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>623647</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>619232</x:v>
+        <x:v>610368</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>619235</x:v>
+        <x:v>619238</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>619240</x:v>
+        <x:v>619239</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>619242</x:v>
+        <x:v>619245</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>619243</x:v>
+        <x:v>619232</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>591483</x:v>
+        <x:v>619235</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>610369</x:v>
+        <x:v>619240</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="U108" s="16" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>619238</x:v>
+        <x:v>619242</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>619239</x:v>
+        <x:v>619243</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>619245</x:v>
+        <x:v>619233</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>619246</x:v>
+        <x:v>619241</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>619233</x:v>
+        <x:v>591483</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>619241</x:v>
+        <x:v>610369</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>619220</x:v>
+        <x:v>623646</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>610357</x:v>
+        <x:v>619224</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>623646</x:v>
+        <x:v>619228</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>619224</x:v>
+        <x:v>619230</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>619228</x:v>
+        <x:v>619231</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>619230</x:v>
+        <x:v>610357</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>619231</x:v>
+        <x:v>619220</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>24</x:v>
@@ -7944,258 +7944,258 @@
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>619225</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>619219</x:v>
+        <x:v>619223</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>619229</x:v>
+        <x:v>610358</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>610358</x:v>
+        <x:v>610361</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>610363</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
@@ -8244,672 +8244,672 @@
       <x:c r="I129" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>610361</x:v>
+        <x:v>619219</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>619218</x:v>
+        <x:v>619229</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>619226</x:v>
+        <x:v>619218</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>619227</x:v>
+        <x:v>619226</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>591475</x:v>
+        <x:v>619227</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>610355</x:v>
+        <x:v>591475</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>610356</x:v>
+        <x:v>610355</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>619222</x:v>
+        <x:v>610356</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>619221</x:v>
+        <x:v>619222</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>610359</x:v>
+        <x:v>619221</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>610360</x:v>
+        <x:v>610359</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>610362</x:v>
+        <x:v>610360</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>619223</x:v>
+        <x:v>610362</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
@@ -8958,113 +8958,113 @@
       <x:c r="I143" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>619276</x:v>
+        <x:v>610392</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>610392</x:v>
+        <x:v>619276</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37416</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -9248,238 +9248,238 @@
       <x:c r="K148" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24021</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>559046</x:v>
+        <x:v>608205</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37263</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24021</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>608205</x:v>
+        <x:v>609539</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37263</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24021</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>609539</x:v>
+        <x:v>556907</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37263</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24021</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="Q151" s="4" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="R151" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="S151" s="0" t="n">
+        <x:v>559046</x:v>
+      </x:c>
+      <x:c r="T151" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="Q151" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>41310</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -9546,51 +9546,51 @@
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>607378</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38718</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -9654,51 +9654,51 @@
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>599359</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38718</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
@@ -9765,51 +9765,51 @@
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>617316</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38718</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>268</x:v>
       </x:c>