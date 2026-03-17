--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -24,51 +24,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:loext="http://schemas.libreoffice.org/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Calc"/>
   <x:workbookPr showObjects="all" backupFile="false" codeName="ThisWorkbook"/>
   <x:workbookProtection/>
   <x:bookViews>
     <x:workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="resultats d'extraction" sheetId="1" r:id="rId3"/>
     <x:sheet name="rappel des filtres" sheetId="2" r:id="rId4"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'resultats d''extraction'!$A$1:$U$1</x:definedName>
   </x:definedNames>
   <x:calcPr refMode="A1" iterate="false" iterateCount="100" iterateDelta="0.0001"/>
   <x:extLst>
     <x:ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="341">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="321" uniqueCount="321">
   <x:si>
     <x:t>Formation 
  (professionnelle continue / en contrat de pro /
 scolaire, universitaire / en apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intitulé Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Code RNCP</x:t>
   </x:si>
   <x:si>
     <x:t>Code RS (Répertoire Spécifique)</x:t>
   </x:si>
   <x:si>
     <x:t>Financeur</x:t>
   </x:si>
   <x:si>
     <x:t>Programme 
 (PRF, etc.)</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme responsable</x:t>
   </x:si>
   <x:si>
@@ -140,116 +140,116 @@
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnateur de tourisme équestre</x:t>
   </x:si>
   <x:si>
+    <x:t>Les Enganes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sport équestre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FONTVIEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Les Cavaliers de la Louvière</x:t>
   </x:si>
   <x:si>
     <x:t>CDL</x:t>
   </x:si>
   <x:si>
     <x:t>84410</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Autre public , Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>permanente</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BEDOIN</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les Sabots de Vénus</x:t>
   </x:si>
   <x:si>
     <x:t>05400</x:t>
   </x:si>
   <x:si>
-    <x:t>Tout public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LA ROCHE-DES-ARNAUDS</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Les Enganes</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnateur de tourisme équestre (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale Formation Apprentis Métiers Sport, Animation, Tourisme - CFA Régional Métiers du Sport, de l'Animation et du Tourisme - Futurosud</x:t>
   </x:si>
   <x:si>
     <x:t>ARFAMSTA</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
@@ -272,837 +272,777 @@
   <x:si>
     <x:t>11/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accueillir du public sur mon exploitation</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre Départementale d'Agriculture du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83006</x:t>
   </x:si>
   <x:si>
     <x:t>Conjoint collaborateur d'exploitant agricole , Exploitant agricole, salarié agricole , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Tourisme rural</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agent de service hôtelier</x:t>
-[...5 lines deleted...]
-    <x:t>13010</x:t>
+    <x:t>Assistant manager loisirs hébergement restauration (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion entreprise touristique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence - Antenne Manosque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistant manager loisirs hébergement restauration (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique territoriale , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurer la gestion opérationnelle d’exploration et prévoir les investissements d’un établissement touristique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor européen Tourisme hôtellerie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation tourisme vert, accueil et animation en milieu rural (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale Montagne 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animation tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VENTAVON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe de 1re STHR sciences et technologies de l'hôtellerie et de la restauration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Caucadis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Hôtellerie</x:t>
   </x:si>
   <x:si>
-    <x:t>GREOUX-LES-BAINS</x:t>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie Vaucluse Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sud Formation santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Anne-Sophie Pic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent P Arène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jeanne et Paul Augier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent hôtelier régional Jean-Paul Passedat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe de 2de spécifique conduisant au bac STHR Sciences et technologies de l'hôtellerie et de la restauration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commercialiser les offres d'un établissement touristique avec une démarche multicanale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DU DESU droit du sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention gestion et développement des organisations, des services sportifs et de loisirs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Éducation sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention gestion et développement des organisations, des services sportifs et de loisirs parcours management, sport, nature, montagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers du tourisme et des loisirs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Économie tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers du tourisme et des loisirs parcours chef de projet touristique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Honoré Romane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMBRUN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>manager des hébergements touristiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des hébergements touristiques (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager le personnel d’un établissement touristique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management sectoriel parcours management de projet aéronautique digital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Management transversal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management sectoriel parcours pilotage des chaînes de transport multimodales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences et techniques des activités physiques et sportives : entraînement et optimisation de la performance sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Physiologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : entraînement et optimisation de la performance sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences et techniques des activités physiques et sportives : management du sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : management du sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aménagement touristique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ouvrir son restaurant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion hôtel restaurant bar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piloter et optimiser les services d’un établissement touristique dans une démarche qualité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de service en hôtellerie, tourisme et restauration (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion restauration collective</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel responsable d'établissement touristique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel responsable d'établissement touristique (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel responsable d'établissement touristique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stelo Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stelo Formation - Antenne Saint Raphaël</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tkl Forma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tkl Forma - CFA des 3 Caps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CROIX-VALMER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stelo Formation - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stelo Formation - Antenne Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vip and Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/16/2026 00:00:00</x:t>
-[...596 lines deleted...]
-    <x:t>Stelo Formation - Antenne Nice</x:t>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solutys - Campus Privé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heures Libres de la Jeunesse - Institut Méditerranéen du Sport, de l'Animation et du Tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLJ - IMSAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iscod</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
-    <x:t>83700</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/19/2026 00:00:00</x:t>
-[...20 lines deleted...]
-    <x:t>04/30/2027 00:00:00</x:t>
+    <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
-    <x:t>Iscod</x:t>
-[...2 lines deleted...]
-    <x:t>Stelo Formation - Antenne Saint Raphaël</x:t>
+    <x:t>09/19/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/30/2025 00:00:00</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/19/2028 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel responsable d'établissement touristique (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Responsable d'Etablissement Touristique (TP RET)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Tourisme durable : comment faire évoluer son offre agritouristique</x:t>
   </x:si>
   <x:si>
     <x:t>Conjoint collaborateur d'exploitant agricole , Exploitant agricole, salarié agricole , Salarié , Tout public</x:t>
   </x:si>
@@ -1576,52 +1516,52 @@
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:U1"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
     <x:col min="2" max="2" width="138.500625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
-    <x:col min="5" max="5" width="17.700625" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="48.910625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="13.885425" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="15.495425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="146.110625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="100.840625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="130.120625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
     <x:col min="18" max="18" width="28.470625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="10" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="11" t="s">
@@ -1668,6131 +1608,5990 @@
       </x:c>
       <x:c r="Q1" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="10" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="S1" s="12" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="T1" s="10" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="U1" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:21">
       <x:c r="A2" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B2" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C2" s="15" t="n">
-        <x:v>36133</x:v>
+        <x:v>41108</x:v>
       </x:c>
       <x:c r="D2" s="15" t="s"/>
       <x:c r="E2" s="14" t="s"/>
       <x:c r="F2" s="14" t="s"/>
       <x:c r="G2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="H2" s="14" t="s">
+      <x:c r="H2" s="14" t="s"/>
+      <x:c r="I2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="I2" s="16" t="s">
+      <x:c r="J2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J2" s="14" t="s">
+      <x:c r="K2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K2" s="14" t="s">
+      <x:c r="L2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="L2" s="14" t="s">
+      <x:c r="M2" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S2" s="14" t="n">
+        <x:v>588123</x:v>
+      </x:c>
+      <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="S2" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T2" s="16" t="s">
+      <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
-        <x:v>41108</x:v>
+        <x:v>36133</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>599444</x:v>
+        <x:v>527374</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K4" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L4" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>588123</x:v>
+        <x:v>599444</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K5" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L5" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P5" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q5" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R5" s="0" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>612353</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>607886</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42693</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>579529</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C8" s="15" t="s"/>
+      <x:c r="C8" s="15" t="n">
+        <x:v>38039</x:v>
+      </x:c>
       <x:c r="D8" s="15" t="s"/>
-      <x:c r="E8" s="14" t="s"/>
+      <x:c r="E8" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="H8" s="14" t="s"/>
+      <x:c r="H8" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="J8" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="J8" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>42776</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>611680</x:v>
+        <x:v>580201</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="P9" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="Q9" s="4" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>580201</x:v>
+        <x:v>551814</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="P10" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="Q10" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="P10" s="14" t="s">
-[...2 lines deleted...]
-      <x:c r="Q10" s="16" t="s">
+      <x:c r="R10" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="S10" s="14" t="n">
+        <x:v>600997</x:v>
+      </x:c>
+      <x:c r="T10" s="16" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="U10" s="16" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>551814</x:v>
+        <x:v>506431</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>600859</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
-      <x:c r="E13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>600997</x:v>
+        <x:v>610930</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>101</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>77</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>610930</x:v>
+        <x:v>577132</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="U14" s="16" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>577132</x:v>
+        <x:v>523247</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>111</x:v>
-[...1 lines deleted...]
-      <x:c r="C16" s="15" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C16" s="15" t="n">
+        <x:v>39672</x:v>
+      </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s"/>
+      <x:c r="E16" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="H16" s="14" t="s">
+      <x:c r="I16" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="I16" s="16" t="s">
+      <x:c r="J16" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K16" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="L16" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M16" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N16" s="15" t="n">
+        <x:v>42623</x:v>
+      </x:c>
+      <x:c r="O16" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="J16" s="14" t="s"/>
-[...14 lines deleted...]
-      </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>523247</x:v>
+        <x:v>545531</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39672</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>545531</x:v>
+        <x:v>600203</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>117</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>118</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>42623</x:v>
+        <x:v>42776</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="P18" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="P18" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>600203</x:v>
+        <x:v>596430</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="R19" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="R19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>596429</x:v>
+        <x:v>616033</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="R20" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="Q20" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>596430</x:v>
+        <x:v>596432</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>596431</x:v>
+        <x:v>596433</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="Q22" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>596432</x:v>
+        <x:v>596429</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R23" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>596433</x:v>
+        <x:v>596431</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>616033</x:v>
+        <x:v>595577</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>616022</x:v>
+        <x:v>595575</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>595575</x:v>
+        <x:v>595578</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>595576</x:v>
+        <x:v>616022</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>595577</x:v>
+        <x:v>595576</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>595578</x:v>
+        <x:v>595579</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>42776</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>595579</x:v>
+        <x:v>577133</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="M31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>42627</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>577133</x:v>
+        <x:v>593100</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="n">
+        <x:v>35948</x:v>
+      </x:c>
+      <x:c r="D32" s="15" t="s"/>
+      <x:c r="E32" s="14" t="s"/>
+      <x:c r="F32" s="14" t="s"/>
+      <x:c r="G32" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
+      <x:c r="I32" s="16" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C32" s="15" t="s"/>
-[...16 lines deleted...]
-      <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>15457</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>583578</x:v>
+        <x:v>595429</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>162</x:v>
-[...1 lines deleted...]
-      <x:c r="C33" s="3" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>35948</x:v>
+      </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="M33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>42693</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>579515</x:v>
+        <x:v>576266</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>164</x:v>
-[...1 lines deleted...]
-      <x:c r="C34" s="15" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="n">
+        <x:v>40497</x:v>
+      </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="J34" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>42654</x:v>
+        <x:v>13168</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>579522</x:v>
+        <x:v>581080</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C35" s="3" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>29983</x:v>
+      </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>15457</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>593100</x:v>
+        <x:v>558324</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>35948</x:v>
+        <x:v>38937</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>595429</x:v>
+        <x:v>592049</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="n">
+        <x:v>38937</x:v>
+      </x:c>
+      <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G37" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C37" s="3" t="n">
-[...3 lines deleted...]
-      <x:c r="G37" s="0" t="s">
+      <x:c r="H37" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="H37" s="0" t="s">
+      <x:c r="I37" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="I37" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="R37" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="S37" s="0" t="n">
+        <x:v>542081</x:v>
+      </x:c>
+      <x:c r="T37" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="Q37" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C38" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>181</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>13168</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>581080</x:v>
+        <x:v>577134</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>29983</x:v>
+        <x:v>35911</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
-      <x:c r="E39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>42654</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>558324</x:v>
+        <x:v>581342</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38937</x:v>
+        <x:v>35911</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>42627</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>592049</x:v>
+        <x:v>581343</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38937</x:v>
+        <x:v>38698</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
-      <x:c r="E41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>197</x:v>
-[...2 lines deleted...]
-        <x:v>198</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>42627</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>542081</x:v>
+        <x:v>591867</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>202</x:v>
-[...1 lines deleted...]
-      <x:c r="C42" s="15" t="s"/>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C42" s="15" t="n">
+        <x:v>38698</x:v>
+      </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="J42" s="14" t="s"/>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="J42" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="M42" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>42627</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>577134</x:v>
+        <x:v>591869</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>35911</x:v>
+        <x:v>38698</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>32145</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>581342</x:v>
+        <x:v>576270</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>35911</x:v>
+        <x:v>38698</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>176</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>581343</x:v>
+        <x:v>591868</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>38698</x:v>
+        <x:v>38700</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>176</x:v>
-[...2 lines deleted...]
-        <x:v>177</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>12087</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>576270</x:v>
+        <x:v>592007</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>38698</x:v>
+        <x:v>38700</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>210</x:v>
-[...1 lines deleted...]
-      <x:c r="H46" s="14" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>12087</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591867</x:v>
+        <x:v>576275</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38698</x:v>
+        <x:v>38700</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>12087</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>591868</x:v>
+        <x:v>592006</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>38698</x:v>
+        <x:v>39172</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>12087</x:v>
+        <x:v>12516</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>591869</x:v>
+        <x:v>592077</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>38700</x:v>
+        <x:v>39172</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>15457</x:v>
+        <x:v>12516</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>592006</x:v>
+        <x:v>592078</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>38700</x:v>
+        <x:v>39172</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>210</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>15457</x:v>
+        <x:v>12516</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>592007</x:v>
+        <x:v>588184</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>38700</x:v>
+        <x:v>39172</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>176</x:v>
-[...2 lines deleted...]
-        <x:v>177</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>15457</x:v>
+        <x:v>12516</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>576275</x:v>
+        <x:v>592076</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>588184</x:v>
+        <x:v>587191</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>221</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-        <x:v>224</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>154</x:v>
-[...2 lines deleted...]
-        <x:v>195</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>12516</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>587191</x:v>
+        <x:v>598026</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>226</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>217</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>12516</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>592076</x:v>
+        <x:v>577135</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>39172</x:v>
+        <x:v>38785</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>12516</x:v>
+        <x:v>42729</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>592077</x:v>
+        <x:v>547234</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>39172</x:v>
+        <x:v>35527</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>12516</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>592078</x:v>
+        <x:v>584043</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>227</x:v>
-[...1 lines deleted...]
-      <x:c r="C57" s="3" t="s"/>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="n">
+        <x:v>35527</x:v>
+      </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="M57" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>42693</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>579523</x:v>
+        <x:v>613017</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>229</x:v>
-[...1 lines deleted...]
-      <x:c r="C58" s="15" t="s"/>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="n">
+        <x:v>35527</x:v>
+      </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="J58" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>598026</x:v>
+        <x:v>602495</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>232</x:v>
-[...1 lines deleted...]
-      <x:c r="C59" s="3" t="s"/>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="n">
+        <x:v>35527</x:v>
+      </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>577135</x:v>
+        <x:v>574534</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>38785</x:v>
+        <x:v>35527</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>197</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>42729</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>547234</x:v>
+        <x:v>581788</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>551806</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>575743</x:v>
+        <x:v>613744</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>574534</x:v>
+        <x:v>574533</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>584043</x:v>
+        <x:v>608042</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>602495</x:v>
+        <x:v>575743</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>574533</x:v>
+        <x:v>608048</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>608042</x:v>
+        <x:v>615133</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s"/>
+      <x:c r="E68" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>608048</x:v>
+        <x:v>553447</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
+      <x:c r="E69" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>613744</x:v>
+        <x:v>609211</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>581788</x:v>
+        <x:v>601860</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
+      <x:c r="E71" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>613017</x:v>
+        <x:v>558840</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s"/>
+      <x:c r="E72" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>615133</x:v>
+        <x:v>570022</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>601762</x:v>
+        <x:v>557645</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>601858</x:v>
+        <x:v>603888</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>601860</x:v>
+        <x:v>603903</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>603903</x:v>
+        <x:v>603904</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>603904</x:v>
+        <x:v>564261</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>599559</x:v>
+        <x:v>599948</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>609165</x:v>
+        <x:v>557895</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>599948</x:v>
+        <x:v>609161</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>599949</x:v>
+        <x:v>609165</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>608640</x:v>
+        <x:v>583419</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>609211</x:v>
+        <x:v>567802</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>268</x:v>
-[...1 lines deleted...]
-      <x:c r="H84" s="14" t="s"/>
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>277</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>603888</x:v>
+        <x:v>556664</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>553449</x:v>
+        <x:v>557894</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>557645</x:v>
+        <x:v>608640</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>570022</x:v>
+        <x:v>535425</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>557644</x:v>
+        <x:v>609163</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>553447</x:v>
+        <x:v>549519</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>300</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>556664</x:v>
+        <x:v>601858</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>535425</x:v>
+        <x:v>599559</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>557894</x:v>
+        <x:v>564260</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>557895</x:v>
+        <x:v>609162</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>558840</x:v>
+        <x:v>599949</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>567802</x:v>
+        <x:v>557644</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>553006</x:v>
+        <x:v>553445</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>583419</x:v>
+        <x:v>553449</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>553445</x:v>
+        <x:v>553006</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>549519</x:v>
+        <x:v>601762</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>564260</x:v>
+        <x:v>599454</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
-      <x:c r="E101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>564261</x:v>
+        <x:v>617917</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>307</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>609163</x:v>
+        <x:v>577453</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
-      <x:c r="E103" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>609161</x:v>
+        <x:v>617916</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>307</x:v>
+      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>609162</x:v>
+        <x:v>581761</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>599454</x:v>
+        <x:v>578969</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>326</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>327</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>329</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>42627</x:v>
+        <x:v>42693</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>577453</x:v>
+        <x:v>585333</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>331</x:v>
-[...162 lines deleted...]
-        <x:v>339</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:A12"/>
   <x:sheetViews>
     <x:sheetView defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:selection activeCell="A6" sqref="A6"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="12.144219" defaultRowHeight="15" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="36.71" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="8" t="s">
-        <x:v>340</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A6" s="8" t="s"/>
     </x:row>
     <x:row r="8" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A8" s="8" t="s"/>
     </x:row>
     <x:row r="12" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A12" s="8" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="false" differentFirst="false">
     <x:oddHeader/>
     <x:oddFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">