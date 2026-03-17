--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -599,143 +599,143 @@
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro services aux personnes et animation dans les territoires (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Maison Familiale et Rurale La Montagnette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maison Familiale et Rurale d'Education et d'Orientation de Bléone Durance - CFA Régional des Maisons Familiales et Rurales Paca</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maison Familiale et Rurale La Montagnette</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro services aux personnes et aux territoires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS Spécialité Animateur - Mention Animation socio-éducative ou culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MANOSQUE</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Prépa-Sports</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
@@ -797,71 +797,71 @@
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formatic Arles</x:t>
   </x:si>
   <x:si>
     <x:t>Les Francas - Union régionale PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel et Technologique LES CHENES</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formatic Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'enseignement</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Horizon Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Entraînement aux Méthodes d'Education Active</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
@@ -1001,83 +1001,83 @@
   <x:si>
     <x:t>04/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>UFCV</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FOL 83</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Les Francas - Union Régionale de Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Union Française des Centres de Vacances et de Loisirs - Antenne Alpes Provence Corse</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Les Francas - Union Régionale de Provence Alpes Côte d'Azur</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'Enseignement - Fédération des Oeuvres Laïques des Alpes de Haute Provence</x:t>
   </x:si>
   <x:si>
     <x:t>04991</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
@@ -1190,194 +1190,203 @@
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTSA gestion et protection de la nature (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPJEPS - Animation d'activités et de vie quotidienne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niveau CAP, BEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA gestion et protection de la nature (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEGTA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURIOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médiation socioculturelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle</x:t>
   </x:si>
   <x:si>
-    <x:t>Niveau CAP, BEP</x:t>
+    <x:t>08/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union française des centres de vacances Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTSA gestion et protection de la nature (Apprentissage)</x:t>
-[...109 lines deleted...]
-  <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention lettres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Littérature</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle - Compétences climat sensibilisation à l'écologie</x:t>
   </x:si>
   <x:si>
     <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Qwantic - Cbs Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Objectif Plus Economie Sociale et Solidaire</x:t>
   </x:si>
   <x:si>
     <x:t>OPESS</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2027 00:00:00</x:t>
@@ -1436,68 +1445,59 @@
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LIbérer la parole, devenir animateur-trice de théatre-forum</x:t>
   </x:si>
   <x:si>
     <x:t>Horizons</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignant , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention lettres</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
-    <x:t>Littérature</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours double licence droit-lettres</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
@@ -1601,78 +1601,78 @@
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention encadrement éducatif parcours conseiller principal d'éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel animateur loisir tourisme (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>Animation tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel d'animateur loisir tourisme (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Icademie Editions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maison Familiale et Rurale de la Roque d'Anthéron</x:t>
   </x:si>
   <x:si>
     <x:t>13640</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUE-D'ANTHERON</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel de médiateur numérique</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Mise à niveau numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
@@ -4460,447 +4460,447 @@
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>599363</x:v>
+        <x:v>622170</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>622170</x:v>
+        <x:v>501261</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>501261</x:v>
+        <x:v>545445</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>545445</x:v>
+        <x:v>545446</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>545446</x:v>
+        <x:v>599363</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="U44" s="16" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>501262</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>545444</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -4980,96 +4980,96 @@
       <x:c r="M48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>496371</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>547236</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
@@ -5236,211 +5236,211 @@
       <x:c r="S52" s="14" t="n">
         <x:v>611638</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>622168</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>622171</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>501259</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>117</x:v>
@@ -5626,165 +5626,165 @@
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="S59" s="0" t="n">
+        <x:v>597736</x:v>
+      </x:c>
+      <x:c r="T59" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="S59" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T59" s="4" t="s">
+      <x:c r="U59" s="4" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>617491</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="U60" s="16" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>597736</x:v>
+        <x:v>574077</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
@@ -6368,490 +6368,490 @@
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>592345</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>592343</x:v>
+        <x:v>564144</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>212</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>564144</x:v>
+        <x:v>592343</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>592338</x:v>
+        <x:v>581995</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Q76" s="16" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="R76" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="Q76" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>592341</x:v>
+        <x:v>592338</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>581995</x:v>
+        <x:v>592341</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>606755</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>617880</x:v>
+        <x:v>581217</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>581217</x:v>
+        <x:v>617880</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -6888,51 +6888,51 @@
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>581218</x:v>
       </x:c>
@@ -7390,54 +7390,54 @@
       <x:c r="L90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>605974</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7633,51 +7633,51 @@
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>573066</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7934,51 +7934,51 @@
       <x:c r="M99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>583693</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G100" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -8207,408 +8207,408 @@
       <x:c r="T103" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G104" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>583750</x:v>
+        <x:v>583589</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>583694</x:v>
+        <x:v>583697</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G106" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>583551</x:v>
+        <x:v>583748</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>583589</x:v>
+        <x:v>583750</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G108" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>583697</x:v>
+        <x:v>583694</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>583748</x:v>
+        <x:v>583551</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G110" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -8801,192 +8801,192 @@
       <x:c r="H113" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>583553</x:v>
+        <x:v>617901</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G114" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>583570</x:v>
+        <x:v>583553</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>617901</x:v>
+        <x:v>583570</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G116" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -9053,54 +9053,54 @@
       <x:c r="H117" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>583747</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
@@ -9179,51 +9179,51 @@
       <x:c r="H119" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>583696</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
@@ -9311,51 +9311,51 @@
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>583749</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -9383,51 +9383,51 @@
       <x:c r="M122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>583568</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -9616,51 +9616,51 @@
       <x:c r="J126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>584248</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
@@ -9673,51 +9673,51 @@
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>586356</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
@@ -9787,51 +9787,51 @@
       <x:c r="J129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>586357</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
@@ -9846,51 +9846,51 @@
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>586358</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
@@ -9903,51 +9903,51 @@
       <x:c r="J131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>586359</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>28557</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
@@ -10014,51 +10014,51 @@
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>579089</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
@@ -10134,51 +10134,51 @@
       <x:c r="M135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>12547</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>518911</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>15674</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
@@ -10191,51 +10191,51 @@
       <x:c r="M136" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>12547</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>518912</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -10245,51 +10245,51 @@
       <x:c r="M137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>572471</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
@@ -10481,171 +10481,169 @@
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>583883</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>39927</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s"/>
+      <x:c r="E142" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>581993</x:v>
+        <x:v>605838</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="C143" s="3" t="n">
+        <x:v>32369</x:v>
+      </x:c>
+      <x:c r="D143" s="3" t="s"/>
+      <x:c r="G143" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="I143" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="J143" s="0" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="K143" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="L143" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="M143" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="N143" s="3" t="n">
+        <x:v>44067</x:v>
+      </x:c>
+      <x:c r="O143" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="P143" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="Q143" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="R143" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="S143" s="0" t="n">
+        <x:v>597737</x:v>
+      </x:c>
+      <x:c r="T143" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="C143" s="3" t="n">
-[...47 lines deleted...]
-      </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
@@ -10654,178 +10652,178 @@
       <x:c r="M144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>496465</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>496469</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>553023</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
@@ -10841,4114 +10839,4117 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>555705</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>605839</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>497059</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>497057</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>605567</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>497058</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>549872</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>587215</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>596689</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>620498</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>603392</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>554849</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>554850</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>453827</x:v>
+        <x:v>603393</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>603393</x:v>
+        <x:v>453827</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>32369</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>597737</x:v>
+        <x:v>577324</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="U162" s="16" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>32369</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>577324</x:v>
+        <x:v>579085</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>32369</x:v>
+        <x:v>39927</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s"/>
-      <x:c r="F164" s="14" t="s"/>
+      <x:c r="E164" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F164" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
       <x:c r="G164" s="14" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="H164" s="14" t="s"/>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s">
+        <x:v>306</x:v>
+      </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>579085</x:v>
+        <x:v>583587</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="U164" s="16" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
-      <x:c r="E165" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>263</x:v>
-[...2 lines deleted...]
-        <x:v>306</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>583587</x:v>
+        <x:v>592251</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>592251</x:v>
+        <x:v>581994</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
+      <x:c r="E167" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F167" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>581994</x:v>
+        <x:v>583690</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G168" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>583690</x:v>
+        <x:v>583567</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>583689</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G170" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>583567</x:v>
+        <x:v>583565</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>583565</x:v>
+        <x:v>583586</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G172" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>583586</x:v>
+        <x:v>583687</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>583687</x:v>
+        <x:v>583566</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E174" s="14" t="s"/>
+      <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>280</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>583566</x:v>
+        <x:v>564136</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>564136</x:v>
+        <x:v>581993</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>39927</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E176" s="14" t="s"/>
+      <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>263</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>583585</x:v>
+        <x:v>592379</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>583688</x:v>
+        <x:v>583585</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G178" s="14" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="H178" s="14" t="s"/>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s">
+        <x:v>297</x:v>
+      </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>583746</x:v>
+        <x:v>583688</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>592249</x:v>
+        <x:v>564140</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s"/>
-      <x:c r="F180" s="14" t="s"/>
+      <x:c r="E180" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F180" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
       <x:c r="G180" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>564140</x:v>
+        <x:v>583746</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
-      <x:c r="E181" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>298</x:v>
-[...2 lines deleted...]
-        <x:v>299</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>583549</x:v>
+        <x:v>592249</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G182" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>583548</x:v>
+        <x:v>583549</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F183" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>589730</x:v>
+        <x:v>583548</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="H184" s="14" t="s">
+      <x:c r="H184" s="14" t="s"/>
+      <x:c r="I184" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="I184" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="R184" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="S184" s="14" t="n">
+        <x:v>589730</x:v>
+      </x:c>
+      <x:c r="T184" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="R184" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>605572</x:v>
+        <x:v>618883</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>603467</x:v>
+        <x:v>605572</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>601425</x:v>
+        <x:v>603467</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>589728</x:v>
+        <x:v>601425</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>605975</x:v>
+        <x:v>589728</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>572742</x:v>
+        <x:v>605975</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>589756</x:v>
+        <x:v>572742</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>602030</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>602031</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>605573</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>573067</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>607905</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>571698</x:v>
+        <x:v>573068</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="H198" s="14" t="s"/>
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
+        <x:v>430</x:v>
+      </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>588378</x:v>
+        <x:v>589756</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>573068</x:v>
+        <x:v>571698</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>439</x:v>
-[...1 lines deleted...]
-      <x:c r="C200" s="15" t="s"/>
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C200" s="15" t="n">
+        <x:v>39927</x:v>
+      </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
-        <x:v>134</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>280</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="J200" s="14" t="s"/>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="J200" s="14" t="s">
+        <x:v>375</x:v>
+      </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>15493</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>583583</x:v>
+        <x:v>588378</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>15493</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>583714</x:v>
+        <x:v>583583</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G202" s="14" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="H202" s="14" t="s"/>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s">
+        <x:v>297</x:v>
+      </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>583752</x:v>
+        <x:v>583714</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>583753</x:v>
+        <x:v>583752</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G204" s="14" t="s">
-        <x:v>296</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>583712</x:v>
+        <x:v>583753</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
+      <x:c r="E205" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F205" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="Q205" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R205" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="S205" s="0" t="n">
+        <x:v>583712</x:v>
+      </x:c>
+      <x:c r="T205" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="Q205" s="4" t="s">
+      <x:c r="U205" s="4" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>455</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="J206" s="14" t="s"/>
+      <x:c r="K206" s="14" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="L206" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="M206" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="N206" s="15" t="n">
+        <x:v>44067</x:v>
+      </x:c>
+      <x:c r="O206" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="P206" s="14" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="Q206" s="16" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="R206" s="14" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="S206" s="14" t="n">
+        <x:v>617702</x:v>
+      </x:c>
+      <x:c r="T206" s="16" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="U206" s="16" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="P207" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="P207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>592379</x:v>
+        <x:v>592381</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>592380</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>592378</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>581318</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>575726</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>575727</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>575729</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>575728</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>40462</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>14216</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>592524</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40462</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>14216</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>592525</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>40462</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>14216</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -14963,51 +14964,51 @@
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>40462</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>14216</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -15017,685 +15018,685 @@
       <x:c r="T218" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>595438</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>595437</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>576257</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>595435</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>595434</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>580411</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>595436</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40443</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>592542</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>40443</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>592541</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>40443</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>575773</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>39463</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>592129</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>39463</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>575527</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
@@ -15708,224 +15709,224 @@
       <x:c r="G231" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>575528</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>39264</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>45004</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>592074</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>39264</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>45004</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>592075</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>581581</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
@@ -15941,51 +15942,51 @@
       <x:c r="I235" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>575920</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38662</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
@@ -16012,51 +16013,51 @@
       <x:c r="M236" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>557919</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38662</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16069,346 +16070,347 @@
       <x:c r="M237" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>557920</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38662</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="H238" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>607220</x:v>
+        <x:v>553509</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38662</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="Q239" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="Q239" s="4" t="s">
+      <x:c r="R239" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="R239" s="0" t="s">
+      <x:c r="S239" s="0" t="n">
+        <x:v>607220</x:v>
+      </x:c>
+      <x:c r="T239" s="4" t="s">
         <x:v>518</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38662</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>607873</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38662</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>607872</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38662</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>553066</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>40695</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -16612,75 +16614,75 @@
       <x:c r="R246" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>599931</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>40695</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>15050</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>621236</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
@@ -16723,167 +16725,167 @@
       <x:c r="R248" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>621485</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>573971</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>553451</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>553</x:v>
       </x:c>