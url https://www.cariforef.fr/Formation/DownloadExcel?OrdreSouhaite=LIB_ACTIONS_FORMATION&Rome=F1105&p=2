--- v0 (2025-10-14)
+++ v1 (2026-03-11)
@@ -170,170 +170,170 @@
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Immotique</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
+    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre (BCPST), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 2e année</x:t>
+    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre (BCPST), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Géophysique</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences de la terre</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la vie et de la Terre</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences naturelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
-    <x:t>Sciences naturelles</x:t>
+    <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
-    <x:t>formation mixte</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
@@ -359,54 +359,54 @@
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours métiers de technicien géologue</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la protection et de la gestion de l'environnement parcours éco-RSE : responsabilité sociétale des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de la Terre et des planètes, environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -1308,273 +1308,273 @@
       <x:c r="K8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>592349</x:v>
+        <x:v>592348</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>592347</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>592348</x:v>
+        <x:v>592346</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>592346</x:v>
+        <x:v>592349</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -2131,423 +2131,423 @@
       <x:c r="R22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>576117</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>592219</x:v>
+        <x:v>592223</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592218</x:v>
+        <x:v>592219</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592223</x:v>
+        <x:v>592220</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592221</x:v>
+        <x:v>592218</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592220</x:v>
+        <x:v>592222</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592224</x:v>
+        <x:v>592221</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592222</x:v>
+        <x:v>592224</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">