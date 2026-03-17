--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -566,92 +566,92 @@
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
   </x:si>
   <x:si>
     <x:t>IRTS</x:t>
   </x:si>
   <x:si>
     <x:t>13267</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Coopératif Provence Alpes Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCPAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CQP surveillant de nuit en secteur social, médico-social et sanitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surveillance nuit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LA CIOTAT</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé parcours cadre de proximité dans le secteur sanitaire, médico-social et social</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
@@ -1001,183 +1001,183 @@
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>maître de maison en secteur social et médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social PACA-Corse - site Marseille 14e</x:t>
   </x:si>
   <x:si>
     <x:t>13311</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 14</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse (IFTS) - site d'Ollioules</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de Formation Professionnelle Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Form.ecare</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Frédéric Mistral</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Métiers Emile Zola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Léon Blum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Toulon-Ollioules - Social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83190</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade - site Jules Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>13541</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>08/17/2026 00:00:00</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>LP Magnan</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Joseph</x:t>
   </x:si>
   <x:si>
-    <x:t>83190</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
-    <x:t>Croix Rouge Française</x:t>
-[...20 lines deleted...]
-    <x:t>07/03/2026 00:00:00</x:t>
+    <x:t>Haute Ecole du Travail et de l'Intervention Sociale - Antenne Draguignan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Troubles liés au vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Agent de la fonction publique hospitalière , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : activité physique adaptée et santé</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>07/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blériot</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
@@ -4800,566 +4800,567 @@
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>531528</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E50" s="14" t="s"/>
+      <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>575895</x:v>
+        <x:v>578394</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
-      <x:c r="E51" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>160</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>575896</x:v>
+        <x:v>578395</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E52" s="14" t="s"/>
+      <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>578488</x:v>
+        <x:v>578449</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>578394</x:v>
+        <x:v>486183</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>578395</x:v>
+        <x:v>575570</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>36004</x:v>
+        <x:v>36360</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>578449</x:v>
+        <x:v>599768</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
-      <x:c r="F56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F56" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="G56" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>486183</x:v>
+        <x:v>575895</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F57" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>575570</x:v>
+        <x:v>575896</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>36360</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s"/>
-      <x:c r="F58" s="14" t="s"/>
+      <x:c r="E58" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F58" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="G58" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>44005</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>599768</x:v>
+        <x:v>578488</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -5430,60 +5431,60 @@
       <x:c r="J60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>579206</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -6084,51 +6085,51 @@
       <x:c r="J71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>531529</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39890</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
@@ -6848,150 +6849,150 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>576253</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>599769</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>570849</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7120,51 +7121,51 @@
       <x:c r="J89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>44022</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>570855</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
@@ -8913,157 +8914,162 @@
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>596341</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>203</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s"/>
+      <x:c r="E122" s="14" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>596545</x:v>
+        <x:v>499707</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
+      <x:c r="E123" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="R123" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="S123" s="0" t="n">
+        <x:v>517638</x:v>
+      </x:c>
+      <x:c r="T123" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="R123" s="0" t="s">
+      <x:c r="U123" s="4" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
@@ -9711,1242 +9717,1237 @@
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>507261</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>203</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>329</x:v>
-[...1 lines deleted...]
-      <x:c r="H136" s="14" t="s"/>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>283</x:v>
+      </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>596526</x:v>
+        <x:v>609645</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
+      <x:c r="E137" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>596529</x:v>
+        <x:v>609648</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>203</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>37231</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s"/>
+      <x:c r="E138" s="14" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="Q138" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="Q138" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>596532</x:v>
+        <x:v>606987</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
+      <x:c r="E139" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>596337</x:v>
+        <x:v>616799</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>282</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>609645</x:v>
+        <x:v>552414</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
-      <x:c r="E141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>282</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>609648</x:v>
+        <x:v>596545</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>219</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>37231</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="J142" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="K142" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="L142" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M142" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N142" s="15" t="n">
+        <x:v>44028</x:v>
+      </x:c>
+      <x:c r="O142" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="P142" s="14" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="Q142" s="16" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="R142" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J142" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>606987</x:v>
+        <x:v>596546</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>36004</x:v>
+        <x:v>37231</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
-      <x:c r="E143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>616799</x:v>
+        <x:v>596526</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>219</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>552414</x:v>
+        <x:v>596529</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
-      <x:c r="E145" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>499707</x:v>
+        <x:v>596532</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>219</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>37231</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>517638</x:v>
+        <x:v>596337</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>230</x:v>
-[...1 lines deleted...]
-      <x:c r="C147" s="3" t="s"/>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C147" s="3" t="n">
+        <x:v>36004</x:v>
+      </x:c>
       <x:c r="D147" s="3" t="s"/>
+      <x:c r="E147" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="J147" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>44010</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>607379</x:v>
+        <x:v>607646</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C148" s="15" t="s"/>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C148" s="15" t="n">
+        <x:v>37231</x:v>
+      </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s"/>
+      <x:c r="E148" s="14" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>239</x:v>
-[...1 lines deleted...]
-      <x:c r="J148" s="14" t="s"/>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="J148" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>616809</x:v>
+        <x:v>607749</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>244</x:v>
-[...1 lines deleted...]
-      <x:c r="C149" s="3" t="s"/>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C149" s="3" t="n">
+        <x:v>36004</x:v>
+      </x:c>
       <x:c r="D149" s="3" t="s"/>
+      <x:c r="E149" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="J149" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>44024</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>611372</x:v>
+        <x:v>607952</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>203</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>38697</x:v>
+        <x:v>37231</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
-      <x:c r="E150" s="14" t="s"/>
+      <x:c r="E150" s="14" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>15459</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>591864</x:v>
+        <x:v>552397</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>36004</x:v>
+        <x:v>37231</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>607646</x:v>
+        <x:v>556844</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>607749</x:v>
+        <x:v>617059</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>220</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
-      <x:c r="E153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>192</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>44010</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>607952</x:v>
+        <x:v>607379</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>219</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>340</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>552397</x:v>
+        <x:v>616809</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
-      <x:c r="E155" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>282</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>284</x:v>
-[...2 lines deleted...]
-        <x:v>153</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>44024</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>556844</x:v>
+        <x:v>611372</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>219</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>37231</x:v>
+        <x:v>38697</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>617059</x:v>
+        <x:v>591864</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -11119,51 +11120,51 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>620314</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38697</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>15459</x:v>
@@ -12401,76 +12402,76 @@
         <x:v>582168</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>617058</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
@@ -12498,51 +12499,51 @@
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>604393</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -12573,75 +12574,75 @@
       <x:c r="S186" s="14" t="n">
         <x:v>596525</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>596528</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
@@ -13001,71 +13002,71 @@
       <x:c r="I194" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>599082</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38697</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>15459</x:v>
@@ -13075,51 +13076,51 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>591865</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38697</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
@@ -13142,78 +13143,78 @@
       <x:c r="S196" s="14" t="n">
         <x:v>591866</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>606989</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
@@ -13372,75 +13373,75 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>599080</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44024</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>615902</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
@@ -13631,79 +13632,79 @@
         <x:v>553121</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>607748</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>