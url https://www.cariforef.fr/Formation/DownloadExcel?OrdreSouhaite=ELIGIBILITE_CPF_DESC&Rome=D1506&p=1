--- v0 (2026-02-01)
+++ v1 (2026-02-01)
@@ -1103,50 +1103,56 @@
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Denoves</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
+    <x:t>Alternance Exxecc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sup'Ipvg</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M de Sully</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>LP Paul Valéry</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>83512</x:t>
@@ -1172,197 +1178,191 @@
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Monnet</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Périer</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Aubagne - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
+    <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Propuls Up - Ebm Business School - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avenir en Perspective</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avenir en Perspective - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Privé Les Fauvettes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provence Formation - Lycée Polyvalent Marie Gasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Var Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie du Management - Antenne Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvya Terrade Sud Est</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvya Terrade Sud Est - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvya Terrade Sud Est - Antenne Salon de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gms Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Régional Les Coteaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2h13 Aix - My Business School - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ifte Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Sainte Jeanne d'Arc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forma Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forma Var - Antenne Formaplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Profil Manager</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sully Business School</x:t>
   </x:si>
   <x:si>
-    <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
-[...67 lines deleted...]
-  <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Professionnel Régional Les Coteaux</x:t>
-[...67 lines deleted...]
-  <x:si>
     <x:t>Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>Optima Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Technique et Professionnel Aixois</x:t>
   </x:si>
   <x:si>
     <x:t>ITPA</x:t>
@@ -1703,66 +1703,66 @@
   <x:si>
     <x:t>Maison Familiale et Rurale Sainte Victoire</x:t>
   </x:si>
   <x:si>
     <x:t>13790</x:t>
   </x:si>
   <x:si>
     <x:t>ROUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Cour Maintenon</x:t>
   </x:si>
   <x:si>
+    <x:t>M2S Formation Aubagne</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Alternance Supérieure - Antenne Marseille</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>M2S Formation Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Parc Impérial</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Sainte Elisabeth - LPP Sainte Elisatbeth</x:t>
   </x:si>
   <x:si>
     <x:t>13240</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>My Academy</x:t>
   </x:si>
@@ -12407,720 +12407,719 @@
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>557774</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>226</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s"/>
+      <x:c r="E174" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="R174" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="S174" s="14" t="n">
+        <x:v>602076</x:v>
+      </x:c>
+      <x:c r="T174" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="R174" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>593973</x:v>
+        <x:v>593970</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="Q176" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="Q176" s="16" t="s">
+      <x:c r="R176" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="R176" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>593979</x:v>
+        <x:v>593973</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>593980</x:v>
+        <x:v>593979</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>36335</x:v>
+        <x:v>38362</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>34519</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>595891</x:v>
+        <x:v>593980</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>38362</x:v>
+        <x:v>36335</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>34519</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>593971</x:v>
+        <x:v>595891</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>593974</x:v>
+        <x:v>593971</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>593977</x:v>
+        <x:v>593974</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>593978</x:v>
+        <x:v>593977</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
-      <x:c r="E183" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>602640</x:v>
+        <x:v>593978</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>535148</x:v>
+        <x:v>602640</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="I185" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="I185" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>548468</x:v>
+        <x:v>535148</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>307</x:v>
@@ -13216,194 +13215,194 @@
         <x:v>503845</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>547372</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>504840</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>571087</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
@@ -13416,110 +13415,110 @@
       <x:c r="G191" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>504953</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>553797</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
@@ -13606,51 +13605,51 @@
       <x:c r="L194" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>496045</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -13710,120 +13709,120 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>558912</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>545052</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
@@ -13883,51 +13882,51 @@
       <x:c r="G199" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>549432</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
@@ -14004,54 +14003,54 @@
       <x:c r="I201" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>609226</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -14211,10512 +14210,10506 @@
       <x:c r="S204" s="14" t="n">
         <x:v>556409</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>552911</x:v>
+        <x:v>556416</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>556416</x:v>
+        <x:v>556512</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="Q207" s="4" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="R207" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="S207" s="0" t="n">
+        <x:v>556544</x:v>
+      </x:c>
+      <x:c r="T207" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U207" s="4" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>556544</x:v>
+        <x:v>556545</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>556545</x:v>
+        <x:v>556570</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>397</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>556570</x:v>
+        <x:v>603473</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>603473</x:v>
+        <x:v>607812</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>607812</x:v>
+        <x:v>499318</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>499318</x:v>
+        <x:v>603524</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>603524</x:v>
+        <x:v>603624</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>603624</x:v>
+        <x:v>499438</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>401</x:v>
-[...1 lines deleted...]
-      <x:c r="H216" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>499438</x:v>
+        <x:v>609674</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-        <x:v>189</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>609674</x:v>
+        <x:v>499849</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>499849</x:v>
+        <x:v>499912</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>499912</x:v>
+        <x:v>499916</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>405</x:v>
-[...1 lines deleted...]
-      <x:c r="H220" s="14" t="s"/>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s">
+        <x:v>179</x:v>
+      </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>499916</x:v>
+        <x:v>500498</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>178</x:v>
-[...2 lines deleted...]
-        <x:v>179</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>500498</x:v>
+        <x:v>505988</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>505988</x:v>
+        <x:v>598886</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>598886</x:v>
+        <x:v>507190</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>507190</x:v>
+        <x:v>548468</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>502387</x:v>
+        <x:v>552911</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>495350</x:v>
+        <x:v>502387</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>495737</x:v>
+        <x:v>495350</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>571704</x:v>
+        <x:v>495737</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>555547</x:v>
+        <x:v>571704</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>560002</x:v>
+        <x:v>555547</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>423</x:v>
-[...2 lines deleted...]
-        <x:v>424</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>560179</x:v>
+        <x:v>560002</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="H232" s="14" t="s"/>
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s">
+        <x:v>424</x:v>
+      </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>498526</x:v>
+        <x:v>560179</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>213</x:v>
-[...2 lines deleted...]
-        <x:v>214</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>608756</x:v>
+        <x:v>498526</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>414</x:v>
-[...1 lines deleted...]
-      <x:c r="H234" s="14" t="s"/>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s">
+        <x:v>214</x:v>
+      </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>545560</x:v>
+        <x:v>608756</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>545662</x:v>
+        <x:v>545560</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>507232</x:v>
+        <x:v>545662</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>426</x:v>
-[...2 lines deleted...]
-        <x:v>427</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>601359</x:v>
+        <x:v>507232</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="H238" s="14" t="s"/>
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
+        <x:v>427</x:v>
+      </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>508717</x:v>
+        <x:v>601359</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-        <x:v>189</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>508960</x:v>
+        <x:v>508717</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="H240" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>549006</x:v>
+        <x:v>508960</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>549007</x:v>
+        <x:v>549006</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>178</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>602183</x:v>
+        <x:v>549007</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>607321</x:v>
+        <x:v>602183</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>607414</x:v>
+        <x:v>607321</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>552304</x:v>
+        <x:v>607414</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>552305</x:v>
+        <x:v>552304</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>501302</x:v>
+        <x:v>552305</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>395</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>616771</x:v>
+        <x:v>501302</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>602797</x:v>
+        <x:v>616771</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="H250" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s">
+        <x:v>437</x:v>
+      </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>541551</x:v>
+        <x:v>602797</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>245</x:v>
-[...2 lines deleted...]
-        <x:v>439</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>571074</x:v>
+        <x:v>541551</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>553709</x:v>
+        <x:v>571074</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>547568</x:v>
+        <x:v>553709</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>553795</x:v>
+        <x:v>547568</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>553796</x:v>
+        <x:v>553795</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>496020</x:v>
+        <x:v>553796</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>496021</x:v>
+        <x:v>496020</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>496040</x:v>
+        <x:v>496021</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>496189</x:v>
+        <x:v>496040</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>554378</x:v>
+        <x:v>496189</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>608376</x:v>
+        <x:v>554378</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>512009</x:v>
+        <x:v>608376</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>263</x:v>
-[...2 lines deleted...]
-        <x:v>264</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>512560</x:v>
+        <x:v>512009</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>453</x:v>
-[...1 lines deleted...]
-      <x:c r="H264" s="14" t="s"/>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s">
+        <x:v>264</x:v>
+      </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>556175</x:v>
+        <x:v>512560</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>556417</x:v>
+        <x:v>556175</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>459</x:v>
-[...1 lines deleted...]
-      <x:c r="H266" s="14" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>599665</x:v>
+        <x:v>556417</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>565510</x:v>
+        <x:v>599665</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>499320</x:v>
+        <x:v>565510</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>499322</x:v>
+        <x:v>499320</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>603773</x:v>
+        <x:v>499322</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>603797</x:v>
+        <x:v>603773</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>603625</x:v>
+        <x:v>603797</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>462</x:v>
-[...2 lines deleted...]
-        <x:v>463</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>499775</x:v>
+        <x:v>603625</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>465</x:v>
-[...1 lines deleted...]
-      <x:c r="H274" s="14" t="s"/>
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s">
+        <x:v>463</x:v>
+      </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>605494</x:v>
+        <x:v>499775</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>605522</x:v>
+        <x:v>605494</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>178</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>500502</x:v>
+        <x:v>605522</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>546967</x:v>
+        <x:v>500502</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>258</x:v>
-[...1 lines deleted...]
-      <x:c r="H278" s="14" t="s"/>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H278" s="14" t="s">
+        <x:v>288</x:v>
+      </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>606947</x:v>
+        <x:v>546967</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>502678</x:v>
+        <x:v>606947</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>423</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>495177</x:v>
+        <x:v>502678</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>560934</x:v>
+        <x:v>495177</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>451</x:v>
-[...1 lines deleted...]
-      <x:c r="H282" s="14" t="s"/>
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
+        <x:v>476</x:v>
+      </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>560940</x:v>
+        <x:v>560934</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>542944</x:v>
+        <x:v>560940</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>599819</x:v>
+        <x:v>542944</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>497609</x:v>
+        <x:v>599819</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>600592</x:v>
+        <x:v>497609</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>560020</x:v>
+        <x:v>600592</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>287</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>601151</x:v>
+        <x:v>560020</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>555786</x:v>
+        <x:v>601151</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>207</x:v>
-[...1 lines deleted...]
-      <x:c r="H290" s="14" t="s"/>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H290" s="14" t="s">
+        <x:v>487</x:v>
+      </x:c>
       <x:c r="I290" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>545470</x:v>
+        <x:v>555786</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>545471</x:v>
+        <x:v>545470</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>394</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>608912</x:v>
+        <x:v>545471</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="H293" s="0" t="s">
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>601338</x:v>
+        <x:v>608912</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>546056</x:v>
+        <x:v>601338</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>263</x:v>
-[...2 lines deleted...]
-        <x:v>264</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>601405</x:v>
+        <x:v>546056</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>508742</x:v>
+        <x:v>601405</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H297" s="0" t="s">
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>609446</x:v>
+        <x:v>508742</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>605181</x:v>
+        <x:v>609446</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>549101</x:v>
+        <x:v>605181</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>556806</x:v>
+        <x:v>549101</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H301" s="0" t="s">
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>602078</x:v>
+        <x:v>556806</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>602221</x:v>
+        <x:v>602078</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>607415</x:v>
+        <x:v>602221</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>607416</x:v>
+        <x:v>607415</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>503</x:v>
-[...1 lines deleted...]
-      <x:c r="C305" s="3" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C305" s="3" t="n">
+        <x:v>38362</x:v>
+      </x:c>
       <x:c r="D305" s="3" t="s"/>
+      <x:c r="E305" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>172</x:v>
-[...2 lines deleted...]
-        <x:v>173</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
+      <x:c r="J305" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>34519</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>611344</x:v>
+        <x:v>607416</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>611345</x:v>
+        <x:v>611344</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>40</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>34519</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>593962</x:v>
+        <x:v>611345</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>593976</x:v>
+        <x:v>593962</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>593981</x:v>
+        <x:v>593976</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
-        <x:v>157</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
-      <x:c r="E310" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>607544</x:v>
+        <x:v>593981</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>552233</x:v>
+        <x:v>607544</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>602641</x:v>
+        <x:v>552233</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>172</x:v>
-[...2 lines deleted...]
-        <x:v>173</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>552718</x:v>
+        <x:v>602641</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>411</x:v>
-[...1 lines deleted...]
-      <x:c r="H314" s="14" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
       <x:c r="I314" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>535322</x:v>
+        <x:v>552718</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>602796</x:v>
+        <x:v>535322</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>377</x:v>
-[...1 lines deleted...]
-      <x:c r="H316" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s">
+        <x:v>437</x:v>
+      </x:c>
       <x:c r="I316" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>504033</x:v>
+        <x:v>602796</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>547147</x:v>
+        <x:v>504033</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>395</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>504437</x:v>
+        <x:v>547147</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>550530</x:v>
+        <x:v>504437</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>550663</x:v>
+        <x:v>550530</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>368</x:v>
-[...2 lines deleted...]
-        <x:v>369</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>496912</x:v>
+        <x:v>550663</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="H322" s="14" t="s"/>
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s">
+        <x:v>370</x:v>
+      </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>600141</x:v>
+        <x:v>496912</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>462</x:v>
-[...2 lines deleted...]
-        <x:v>463</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>600171</x:v>
+        <x:v>600141</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>511037</x:v>
+        <x:v>600171</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>545148</x:v>
+        <x:v>511037</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>512876</x:v>
+        <x:v>545148</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>549281</x:v>
+        <x:v>512876</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>207</x:v>
-[...1 lines deleted...]
-      <x:c r="H328" s="14" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H328" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="I328" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>601461</x:v>
+        <x:v>549281</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>556407</x:v>
+        <x:v>601461</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>556413</x:v>
+        <x:v>556407</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>607662</x:v>
+        <x:v>556413</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>607691</x:v>
+        <x:v>607662</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H333" s="0" t="s">
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>601797</x:v>
+        <x:v>607691</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>530</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>607852</x:v>
+        <x:v>601797</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>598847</x:v>
+        <x:v>607852</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>258</x:v>
-[...1 lines deleted...]
-      <x:c r="H336" s="14" t="s"/>
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="H336" s="14" t="s">
+        <x:v>424</x:v>
+      </x:c>
       <x:c r="I336" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>606946</x:v>
+        <x:v>598847</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>506889</x:v>
+        <x:v>606946</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>552916</x:v>
+        <x:v>506889</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>486</x:v>
-[...2 lines deleted...]
-        <x:v>487</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>502431</x:v>
+        <x:v>552916</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>275</x:v>
-[...1 lines deleted...]
-      <x:c r="H340" s="14" t="s"/>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H340" s="14" t="s">
+        <x:v>487</x:v>
+      </x:c>
       <x:c r="I340" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>495434</x:v>
+        <x:v>502431</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>547711</x:v>
+        <x:v>495434</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>465</x:v>
-[...1 lines deleted...]
-      <x:c r="H342" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H342" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I342" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>554283</x:v>
+        <x:v>547711</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>497645</x:v>
+        <x:v>554283</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>536</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>555748</x:v>
+        <x:v>497645</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="H345" s="0" t="s">
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>566638</x:v>
+        <x:v>555748</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>546432</x:v>
+        <x:v>566638</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H347" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>605202</x:v>
+        <x:v>546432</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>598948</x:v>
+        <x:v>605202</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-        <x:v>189</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>556816</x:v>
+        <x:v>598948</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>557207</x:v>
+        <x:v>556816</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H351" s="0" t="s">
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>552232</x:v>
+        <x:v>557207</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>602639</x:v>
+        <x:v>552232</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>552579</x:v>
+        <x:v>602639</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>501687</x:v>
+        <x:v>501348</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>503849</x:v>
+        <x:v>501687</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>504099</x:v>
+        <x:v>503849</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H357" s="0" t="s">
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>504957</x:v>
+        <x:v>504099</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>495982</x:v>
+        <x:v>504957</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>496044</x:v>
+        <x:v>495982</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>496120</x:v>
+        <x:v>496044</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H361" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>496167</x:v>
+        <x:v>496120</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>554754</x:v>
+        <x:v>496167</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>263</x:v>
-[...2 lines deleted...]
-        <x:v>264</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>600256</x:v>
+        <x:v>554754</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>549</x:v>
-[...1 lines deleted...]
-      <x:c r="H364" s="14" t="s"/>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H364" s="14" t="s">
+        <x:v>264</x:v>
+      </x:c>
       <x:c r="I364" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>600372</x:v>
+        <x:v>600256</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>536</x:v>
-[...2 lines deleted...]
-        <x:v>341</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>510981</x:v>
+        <x:v>600372</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>275</x:v>
-[...1 lines deleted...]
-      <x:c r="H366" s="14" t="s"/>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="H366" s="14" t="s">
+        <x:v>341</x:v>
+      </x:c>
       <x:c r="I366" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>545030</x:v>
+        <x:v>510981</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>545053</x:v>
+        <x:v>545030</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>486</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>608439</x:v>
+        <x:v>545053</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>601038</x:v>
+        <x:v>608439</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>601076</x:v>
+        <x:v>601038</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>199</x:v>
-[...2 lines deleted...]
-        <x:v>200</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>599463</x:v>
+        <x:v>601076</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>556408</x:v>
+        <x:v>599463</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>556511</x:v>
+        <x:v>556408</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>481</x:v>
-[...1 lines deleted...]
-      <x:c r="H374" s="14" t="s"/>
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="H374" s="14" t="s">
+        <x:v>304</x:v>
+      </x:c>
       <x:c r="I374" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>603573</x:v>
+        <x:v>556511</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-        <x:v>189</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>609763</x:v>
+        <x:v>603573</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>557</x:v>
-[...1 lines deleted...]
-      <x:c r="H376" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H376" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
       <x:c r="I376" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>587348</x:v>
+        <x:v>609763</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>546961</x:v>
+        <x:v>587348</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>506135</x:v>
+        <x:v>546961</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>506648</x:v>
+        <x:v>506135</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>199</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>506736</x:v>
+        <x:v>506648</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="H381" s="0" t="s">
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>507191</x:v>
+        <x:v>506736</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>552794</x:v>
+        <x:v>507191</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -24726,828 +24719,828 @@
       <x:c r="K383" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>502229</x:v>
+        <x:v>552794</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>416</x:v>
-[...1 lines deleted...]
-      <x:c r="H384" s="14" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H384" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
       <x:c r="I384" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>502388</x:v>
+        <x:v>502229</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>559</x:v>
-[...2 lines deleted...]
-        <x:v>560</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>495231</x:v>
+        <x:v>502388</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H386" s="14" t="s"/>
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s">
+        <x:v>560</x:v>
+      </x:c>
       <x:c r="I386" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>547773</x:v>
+        <x:v>495231</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>571705</x:v>
+        <x:v>547773</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>233</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>515168</x:v>
+        <x:v>571705</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>515216</x:v>
+        <x:v>515168</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>599718</x:v>
+        <x:v>515216</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>497749</x:v>
+        <x:v>599718</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>292</x:v>
-[...1 lines deleted...]
-      <x:c r="H392" s="14" t="s"/>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="I392" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>545314</x:v>
+        <x:v>497749</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>546009</x:v>
+        <x:v>545314</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>546507</x:v>
+        <x:v>546009</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>303</x:v>
-[...2 lines deleted...]
-        <x:v>304</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>556624</x:v>
+        <x:v>546507</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>401</x:v>
-[...1 lines deleted...]
-      <x:c r="H396" s="14" t="s"/>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H396" s="14" t="s">
+        <x:v>304</x:v>
+      </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>602076</x:v>
+        <x:v>556624</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26046,79 +26039,79 @@
         <x:v>554834</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>504475</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
@@ -26278,78 +26271,78 @@
         <x:v>496748</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>600310</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
@@ -26462,75 +26455,75 @@
       <x:c r="T412" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>544949</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
@@ -26557,108 +26550,108 @@
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>544969</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>501348</x:v>
+        <x:v>552579</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>54</x:v>
@@ -26865,76 +26858,76 @@
         <x:v>608392</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>560710</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
@@ -27042,75 +27035,75 @@
       <x:c r="S422" s="14" t="n">
         <x:v>556210</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>601554</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
@@ -27302,54 +27295,54 @@
       <x:c r="G427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>602264</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
@@ -27627,78 +27620,78 @@
       <x:c r="S432" s="14" t="n">
         <x:v>552263</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>616772</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
@@ -27727,99 +27720,99 @@
       <x:c r="L434" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>504134</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>541529</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
@@ -28347,110 +28340,110 @@
       <x:c r="H445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>608181</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>552612</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
@@ -28500,82 +28493,82 @@
         <x:v>608290</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>601346</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -28796,75 +28789,75 @@
       <x:c r="T452" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>600426</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
@@ -28909,81 +28902,81 @@
       <x:c r="S454" s="14" t="n">
         <x:v>599869</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>600591</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -29041,126 +29034,126 @@
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>611342</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>36335</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>595892</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -29777,78 +29770,78 @@
         <x:v>608885</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>608911</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
@@ -30313,137 +30306,137 @@
       <x:c r="S478" s="14" t="n">
         <x:v>609553</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>548685</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>548686</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
@@ -31124,75 +31117,75 @@
       <x:c r="S492" s="14" t="n">
         <x:v>614684</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>602077</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
@@ -31385,51 +31378,51 @@
       <x:c r="H497" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>556871</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
@@ -31687,105 +31680,105 @@
       <x:c r="I502" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>602262</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>607413</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
@@ -31929,51 +31922,51 @@
       <x:c r="J506" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>548512</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -32314,51 +32307,51 @@
       <x:c r="S512" s="14" t="n">
         <x:v>506735</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
@@ -32400,54 +32393,54 @@
       <x:c r="I514" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>506136</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -32570,51 +32563,51 @@
       <x:c r="G517" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>510951</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
@@ -32893,81 +32886,81 @@
       <x:c r="S522" s="14" t="n">
         <x:v>609680</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>499982</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -33192,78 +33185,78 @@
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>587349</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -33362,87 +33355,87 @@
       <x:c r="S530" s="14" t="n">
         <x:v>546813</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>546833</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
@@ -33536,79 +33529,79 @@
         <x:v>601457</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>601555</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
@@ -33618,172 +33611,172 @@
       <x:c r="G535" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>599666</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I536" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>607692</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>556571</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
@@ -34277,51 +34270,51 @@
         <x:v>624</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>608573</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
@@ -34432,75 +34425,75 @@
       <x:c r="T548" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>599382</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
@@ -34888,51 +34881,51 @@
       <x:c r="M556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>509959</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -35025,75 +35018,75 @@
       <x:c r="S558" s="14" t="n">
         <x:v>496630</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>550662</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
@@ -35165,51 +35158,51 @@
       <x:c r="G561" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>547437</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
@@ -35317,51 +35310,51 @@
         <x:v>547566</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>446</x:v>
@@ -35520,57 +35513,57 @@
       <x:c r="H567" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>604792</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -35755,85 +35748,85 @@
       <x:c r="H571" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>553245</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>446</x:v>
@@ -35871,54 +35864,54 @@
       <x:c r="G573" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>541528</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
@@ -36021,93 +36014,93 @@
         <x:v>541538</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I576" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>504393</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>