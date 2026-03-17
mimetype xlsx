--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -521,96 +521,96 @@
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation taxi mobilité</x:t>
   </x:si>
   <x:si>
     <x:t>Formation VTC recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite VTC</x:t>
   </x:si>
   <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Auto-Ecole Capitou</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
@@ -3851,827 +3851,829 @@
         <x:v>67</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>364597</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>494577</x:v>
+        <x:v>598604</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>39</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>612923</x:v>
+        <x:v>598609</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>598214</x:v>
+        <x:v>598632</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>39</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>598220</x:v>
+        <x:v>598636</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="J55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>599826</x:v>
+        <x:v>362466</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>156</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>607208</x:v>
+        <x:v>494577</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>584698</x:v>
+        <x:v>612923</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>584700</x:v>
+        <x:v>598214</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>31815</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>597711</x:v>
+        <x:v>598220</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>602631</x:v>
+        <x:v>599826</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J61" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>598604</x:v>
+        <x:v>607208</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>107</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>108</x:v>
-[...1 lines deleted...]
-      <x:c r="J62" s="14" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>598609</x:v>
+        <x:v>584698</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="J63" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>598632</x:v>
+        <x:v>584700</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>31801</x:v>
+        <x:v>31815</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>598636</x:v>
+        <x:v>597711</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
+      <x:c r="J65" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>362466</x:v>
+        <x:v>602631</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
@@ -5526,51 +5528,51 @@
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>598206</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
@@ -5834,51 +5836,51 @@
         <x:v>108</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>598602</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>108</x:v>
@@ -5936,51 +5938,51 @@
         <x:v>108</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>598610</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>67</x:v>