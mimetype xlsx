--- v2 (2026-01-31)
+++ v3 (2026-01-31)
@@ -1937,128 +1937,128 @@
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Power BI Data storytelling et design de dashboards</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les nouveaux technologies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Skills - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en informatique et système d'information spécificité IA (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en informatique et système d'information spécificité logiciel (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation data engineer et data scientist (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert intelligence artificielle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>La Cordeille Formation - Externat Saint Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
-[...64 lines deleted...]
-  <x:si>
     <x:t>master mention économie des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Connaissance entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor cybersécurité (Ynov)</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
@@ -2123,462 +2123,462 @@
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure des mines de Saint-Étienne de l'institut Mines-Télécom spécialité microélectronique et informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mines Saint-Étienne - campus de Saint-Étienne</x:t>
   </x:si>
   <x:si>
     <x:t>42023</x:t>
   </x:si>
   <x:si>
     <x:t>Microélectronique</x:t>
   </x:si>
   <x:si>
     <x:t>Mines Saint-Etienne - ISMIN - Campus Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13541</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - infrastructure et réseaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - développement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec des Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-DE-BOUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert cyber sécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel administrateur système DevOps (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Langage Python</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simplon.co - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doranco Espace Multimédia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doranco Espace Multimédia - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en data science - Data Engineer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Data science</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/19/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
-    <x:t>Doranco Espace Multimédia</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Devenir business analyst en systèmes d'information : les fondamentaux de A à Z - Expert</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international de Valbonne</x:t>
   </x:si>
   <x:si>
     <x:t>06902</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>13741</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention métiers du décisionnel et de la statistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse de données - bootcamp</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité informatique</x:t>
-[...59 lines deleted...]
-    <x:t>NICE CEDEX 2</x:t>
+    <x:t>02/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - IA &amp; DATA (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie informatique spécialisation cybersécurité industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation Expert DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie informatique parcours intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>02/10/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation à la carte  (Gestion de Projet Web)</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion projet informatique</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestionnaire de la sécurité des données, des réseaux et des systèmes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My BS - My Business School La Valette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Apollinaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>SCRUM : PSM II (Professional Scrum Master)</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode Agile</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Descodeuses</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Femme , Handicapé , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>licence pro mention métiers de la santé : technologies</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion données massives</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - informatique et cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur système DevOps</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en infrastructures de données massives (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en informatique et système d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS - Certificat de spécialisation Cybersécurité (ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en informatique et système d'information</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC01 Administrer et sécuriser les infrastructures</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours mathématiques-informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de la cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention informatique parcours fiabilité et sécurité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en ingénierie des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention IA - Intelligence Artificielle / AI - Artificial Intelligence</x:t>
   </x:si>
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur systèmes, réseaux et cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>Expert en ingénierie des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du décisionnel et de la statistique parcours informatique décisionnelle, statistiques et big data</x:t>
   </x:si>
@@ -22390,429 +22390,430 @@
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>549515</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>40897</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
+      <x:c r="E351" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H351" s="0" t="s">
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>606178</x:v>
+        <x:v>603414</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C352" s="15" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C352" s="15" t="n">
+        <x:v>40897</x:v>
+      </x:c>
       <x:c r="D352" s="15" t="s"/>
-      <x:c r="E352" s="14" t="s"/>
+      <x:c r="E352" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J352" s="14" t="s"/>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J352" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K352" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>603809</x:v>
+        <x:v>605073</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C353" s="3" t="s"/>
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="C353" s="3" t="n">
+        <x:v>40897</x:v>
+      </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J353" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>603834</x:v>
+        <x:v>606178</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>603837</x:v>
+        <x:v>603809</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H355" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>592910</x:v>
+        <x:v>603834</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>343</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
-      <x:c r="E356" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
-        <x:v>290</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>603414</x:v>
+        <x:v>603837</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
-      <x:c r="E357" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>605073</x:v>
+        <x:v>592910</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>25</x:v>
@@ -25361,1949 +25362,1950 @@
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>603843</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>253</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
-      <x:c r="E407" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H407" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>623</x:v>
-[...2 lines deleted...]
-        <x:v>255</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>555619</x:v>
+        <x:v>603811</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
-      <x:c r="E408" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>373</x:v>
-[...1 lines deleted...]
-      <x:c r="H408" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H408" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I408" s="16" t="s">
-        <x:v>315</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>604997</x:v>
+        <x:v>603814</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>35435</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
-      <x:c r="E409" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>293</x:v>
-[...2 lines deleted...]
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>31009</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>547219</x:v>
+        <x:v>592283</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>603811</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>603814</x:v>
+        <x:v>577818</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>400</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>285</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>592283</x:v>
+        <x:v>606599</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>173</x:v>
-[...1 lines deleted...]
-      <x:c r="C413" s="3" t="s"/>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C413" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D413" s="3" t="s"/>
+      <x:c r="E413" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="H413" s="0" t="s">
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="J413" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>592936</x:v>
+        <x:v>558640</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>630</x:v>
-[...1 lines deleted...]
-      <x:c r="C414" s="15" t="s"/>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C414" s="15" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D414" s="15" t="s"/>
-      <x:c r="E414" s="14" t="s"/>
+      <x:c r="E414" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>444</x:v>
-[...1 lines deleted...]
-      <x:c r="H414" s="14" t="s"/>
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="H414" s="14" t="s">
+        <x:v>502</x:v>
+      </x:c>
       <x:c r="I414" s="16" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="J414" s="14" t="s"/>
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="J414" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="K414" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>577818</x:v>
+        <x:v>608109</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>471</x:v>
-[...1 lines deleted...]
-      <x:c r="C415" s="3" t="s"/>
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="C415" s="3" t="n">
+        <x:v>35511</x:v>
+      </x:c>
       <x:c r="D415" s="3" t="s"/>
+      <x:c r="E415" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H415" s="0" t="s">
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="J415" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>31021</x:v>
+        <x:v>31011</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>606599</x:v>
+        <x:v>453836</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>558640</x:v>
+        <x:v>453843</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>501</x:v>
-[...2 lines deleted...]
-        <x:v>502</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>608109</x:v>
+        <x:v>509550</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>35511</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>288</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>31011</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>453836</x:v>
+        <x:v>534967</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>633</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>35475</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>288</x:v>
-[...2 lines deleted...]
-        <x:v>289</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>453843</x:v>
+        <x:v>550914</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>509550</x:v>
+        <x:v>601236</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>634</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>40246</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>534967</x:v>
+        <x:v>608661</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>550914</x:v>
+        <x:v>551039</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>36075</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>24210</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>601236</x:v>
+        <x:v>551041</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>581</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>40246</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>495</x:v>
-[...1 lines deleted...]
-      <x:c r="H424" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>608661</x:v>
+        <x:v>554882</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H425" s="0" t="s">
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>551039</x:v>
+        <x:v>568843</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>551041</x:v>
+        <x:v>600221</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>35475</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>288</x:v>
-[...2 lines deleted...]
-        <x:v>289</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>554882</x:v>
+        <x:v>607731</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>320</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>568843</x:v>
+        <x:v>605529</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>600221</x:v>
+        <x:v>605581</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>607731</x:v>
+        <x:v>605593</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>605529</x:v>
+        <x:v>605599</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35435</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>229</x:v>
-[...1 lines deleted...]
-      <x:c r="H432" s="14" t="s"/>
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="H432" s="14" t="s">
+        <x:v>337</x:v>
+      </x:c>
       <x:c r="I432" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>605581</x:v>
+        <x:v>549375</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>40573</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="H433" s="0" t="s">
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>605593</x:v>
+        <x:v>549377</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>40573</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>605599</x:v>
+        <x:v>506857</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>35435</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>336</x:v>
-[...2 lines deleted...]
-        <x:v>337</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>31009</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>549375</x:v>
+        <x:v>506858</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>336</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>549377</x:v>
+        <x:v>506863</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>35078</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>506857</x:v>
+        <x:v>555619</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
-        <x:v>35078</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>506858</x:v>
+        <x:v>604997</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>35078</x:v>
+        <x:v>35435</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H439" s="0" t="s">
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>506863</x:v>
+        <x:v>547219</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
@@ -28426,51 +28428,51 @@
       <x:c r="I461" s="4" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
@@ -29671,7433 +29673,7436 @@
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>505638</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="C485" s="3" t="s"/>
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="C485" s="3" t="n">
+        <x:v>36490</x:v>
+      </x:c>
       <x:c r="D485" s="3" t="s"/>
+      <x:c r="E485" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="J485" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31089</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>601208</x:v>
+        <x:v>509556</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="C486" s="15" t="s"/>
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="C486" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D486" s="15" t="s"/>
-      <x:c r="E486" s="14" t="s"/>
+      <x:c r="E486" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J486" s="14" t="s"/>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J486" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
       <x:c r="K486" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>612626</x:v>
+        <x:v>549737</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="C487" s="3" t="s"/>
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C487" s="3" t="n">
+        <x:v>35435</x:v>
+      </x:c>
       <x:c r="D487" s="3" t="s"/>
+      <x:c r="E487" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="H487" s="0" t="s">
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="J487" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>612629</x:v>
+        <x:v>504739</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="C488" s="15" t="s"/>
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="C488" s="15" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D488" s="15" t="s"/>
-      <x:c r="E488" s="14" t="s"/>
+      <x:c r="E488" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J488" s="14" t="s"/>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J488" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K488" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>612687</x:v>
+        <x:v>549759</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="C489" s="3" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C489" s="3" t="n">
+        <x:v>38321</x:v>
+      </x:c>
       <x:c r="D489" s="3" t="s"/>
+      <x:c r="E489" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H489" s="0" t="s">
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="J489" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>612690</x:v>
+        <x:v>550303</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="C490" s="15" t="s"/>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C490" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D490" s="15" t="s"/>
-      <x:c r="E490" s="14" t="s"/>
+      <x:c r="E490" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J490" s="14" t="s"/>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="J490" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
       <x:c r="K490" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>612707</x:v>
+        <x:v>553577</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>170</x:v>
-[...1 lines deleted...]
-      <x:c r="C491" s="3" t="s"/>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C491" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D491" s="3" t="s"/>
+      <x:c r="E491" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="J491" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>602354</x:v>
+        <x:v>609471</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>170</x:v>
-[...1 lines deleted...]
-      <x:c r="C492" s="15" t="s"/>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C492" s="15" t="n">
+        <x:v>35475</x:v>
+      </x:c>
       <x:c r="D492" s="15" t="s"/>
-      <x:c r="E492" s="14" t="s"/>
+      <x:c r="E492" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J492" s="14" t="s"/>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="J492" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
       <x:c r="K492" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>602382</x:v>
+        <x:v>554881</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="C493" s="3" t="s"/>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C493" s="3" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D493" s="3" t="s"/>
+      <x:c r="E493" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="J493" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>602398</x:v>
+        <x:v>554884</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="C494" s="15" t="s"/>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C494" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D494" s="15" t="s"/>
-      <x:c r="E494" s="14" t="s"/>
+      <x:c r="E494" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J494" s="14" t="s"/>
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="J494" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
       <x:c r="K494" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>602415</x:v>
+        <x:v>614700</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>35475</x:v>
+        <x:v>39237</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>603415</x:v>
+        <x:v>602874</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
-        <x:v>38117</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>688</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>557047</x:v>
+        <x:v>604383</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>38117</x:v>
+        <x:v>39585</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>600423</x:v>
+        <x:v>600355</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>201</x:v>
-[...1 lines deleted...]
-      <x:c r="C498" s="15" t="s"/>
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="C498" s="15" t="n">
+        <x:v>40573</x:v>
+      </x:c>
       <x:c r="D498" s="15" t="s"/>
-      <x:c r="E498" s="14" t="s"/>
+      <x:c r="E498" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="J498" s="14" t="s"/>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="J498" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K498" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>605331</x:v>
+        <x:v>605594</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>691</x:v>
-[...1 lines deleted...]
-      <x:c r="C499" s="3" t="s"/>
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C499" s="3" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D499" s="3" t="s"/>
+      <x:c r="E499" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>194</x:v>
-[...2 lines deleted...]
-        <x:v>195</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J499" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
-        <x:v>31026</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>580625</x:v>
+        <x:v>604973</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C500" s="15" t="s"/>
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="C500" s="15" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D500" s="15" t="s"/>
-      <x:c r="E500" s="14" t="s"/>
+      <x:c r="E500" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J500" s="14" t="s"/>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J500" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K500" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>613433</x:v>
+        <x:v>506859</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C501" s="3" t="s"/>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C501" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D501" s="3" t="s"/>
+      <x:c r="E501" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="J501" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>613436</x:v>
+        <x:v>549514</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C502" s="15" t="s"/>
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C502" s="15" t="n">
+        <x:v>36061</x:v>
+      </x:c>
       <x:c r="D502" s="15" t="s"/>
-      <x:c r="E502" s="14" t="s"/>
+      <x:c r="E502" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J502" s="14" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="J502" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
       <x:c r="K502" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>613450</x:v>
+        <x:v>608641</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C503" s="3" t="s"/>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C503" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D503" s="3" t="s"/>
+      <x:c r="E503" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="J503" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>613451</x:v>
+        <x:v>565695</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C504" s="15" t="s"/>
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="C504" s="15" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D504" s="15" t="s"/>
-      <x:c r="E504" s="14" t="s"/>
+      <x:c r="E504" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J504" s="14" t="s"/>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J504" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K504" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>613453</x:v>
+        <x:v>448036</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>695</x:v>
-[...1 lines deleted...]
-      <x:c r="C505" s="3" t="s"/>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C505" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D505" s="3" t="s"/>
+      <x:c r="E505" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="J505" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>31038</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>542046</x:v>
+        <x:v>500792</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
-      <x:c r="E506" s="14" t="s"/>
+      <x:c r="E506" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H506" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H506" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I506" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>591931</x:v>
+        <x:v>603415</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>39003</x:v>
+        <x:v>38117</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
+      <x:c r="E507" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>24356</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>591932</x:v>
+        <x:v>557047</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>449</x:v>
-[...1 lines deleted...]
-      <x:c r="C508" s="15" t="s"/>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C508" s="15" t="n">
+        <x:v>38117</x:v>
+      </x:c>
       <x:c r="D508" s="15" t="s"/>
-      <x:c r="E508" s="14" t="s"/>
+      <x:c r="E508" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>134</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
-        <x:v>96</x:v>
-[...1 lines deleted...]
-      <x:c r="J508" s="14" t="s"/>
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="J508" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K508" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
-        <x:v>31028</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>598282</x:v>
+        <x:v>600423</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>592581</x:v>
+        <x:v>605331</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>592582</x:v>
+        <x:v>612626</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C511" s="3" t="s"/>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>31021</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>499585</x:v>
+        <x:v>612629</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>500413</x:v>
+        <x:v>612687</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>599357</x:v>
+        <x:v>612690</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>599358</x:v>
+        <x:v>612707</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>699</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H515" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>594655</x:v>
+        <x:v>602354</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C516" s="15" t="s"/>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>537</x:v>
-[...1 lines deleted...]
-      <x:c r="H516" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H516" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I516" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>594658</x:v>
+        <x:v>602382</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H517" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>704</x:v>
-[...2 lines deleted...]
-        <x:v>101</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>594661</x:v>
+        <x:v>602398</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>705</x:v>
-[...1 lines deleted...]
-      <x:c r="H518" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H518" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I518" s="16" t="s">
-        <x:v>475</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>594682</x:v>
+        <x:v>602415</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C519" s="3" t="s"/>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C519" s="3" t="n">
+        <x:v>40116</x:v>
+      </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>594685</x:v>
+        <x:v>592358</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C520" s="15" t="s"/>
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C520" s="15" t="n">
+        <x:v>35475</x:v>
+      </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>626</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>629</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>594691</x:v>
+        <x:v>596785</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H521" s="0" t="s">
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31026</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>603679</x:v>
+        <x:v>580625</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C522" s="15" t="s"/>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I522" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s"/>
       <x:c r="K522" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
-        <x:v>31002</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>611204</x:v>
+        <x:v>613433</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>709</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>709</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H523" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>603701</x:v>
+        <x:v>613436</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C524" s="15" t="s"/>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>138</x:v>
-[...1 lines deleted...]
-      <x:c r="H524" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H524" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I524" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s"/>
       <x:c r="K524" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>603708</x:v>
+        <x:v>613450</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C525" s="3" t="s"/>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H525" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>603716</x:v>
+        <x:v>613451</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C526" s="15" t="s"/>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s"/>
       <x:c r="K526" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>578578</x:v>
+        <x:v>613453</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>712</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C527" s="3" t="s"/>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>613173</x:v>
+        <x:v>601208</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C528" s="15" t="s"/>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I528" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s"/>
       <x:c r="K528" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>613188</x:v>
+        <x:v>613138</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C529" s="3" t="s"/>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>613195</x:v>
+        <x:v>613141</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C530" s="15" t="s"/>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s"/>
       <x:c r="K530" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31038</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>613196</x:v>
+        <x:v>542046</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="C531" s="3" t="s"/>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C531" s="3" t="n">
+        <x:v>39003</x:v>
+      </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J531" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>613205</x:v>
+        <x:v>591931</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
-        <x:v>37579</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>595622</x:v>
+        <x:v>591932</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C533" s="3" t="s"/>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H533" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31028</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>612622</x:v>
+        <x:v>598282</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s"/>
       <x:c r="K534" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>612693</x:v>
+        <x:v>592581</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C535" s="3" t="s"/>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>612696</x:v>
+        <x:v>592582</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C536" s="15" t="s"/>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s"/>
       <x:c r="K536" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>608590</x:v>
+        <x:v>499585</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C537" s="3" t="s"/>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>602365</x:v>
+        <x:v>500413</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C538" s="15" t="s"/>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s"/>
       <x:c r="K538" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>602368</x:v>
+        <x:v>599357</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C539" s="3" t="s"/>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>602371</x:v>
+        <x:v>599358</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s"/>
       <x:c r="K540" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>602377</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>602380</x:v>
+        <x:v>594658</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J542" s="14" t="s"/>
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="J542" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="K542" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>602400</x:v>
+        <x:v>594661</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C543" s="3" t="s"/>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="J543" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>602414</x:v>
+        <x:v>594682</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J544" s="14" t="s"/>
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="J544" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="K544" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>602420</x:v>
+        <x:v>594685</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C545" s="3" t="s"/>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="J545" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>602429</x:v>
+        <x:v>594691</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C546" s="15" t="s"/>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I546" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s"/>
       <x:c r="K546" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>602432</x:v>
+        <x:v>613173</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>506</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C547" s="3" t="s"/>
       <x:c r="D547" s="3" t="s"/>
-      <x:c r="E547" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H547" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>351</x:v>
-[...2 lines deleted...]
-        <x:v>255</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
-        <x:v>31089</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>509556</x:v>
+        <x:v>613188</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>714</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C548" s="15" t="s"/>
       <x:c r="D548" s="15" t="s"/>
-      <x:c r="E548" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>373</x:v>
-[...1 lines deleted...]
-      <x:c r="H548" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H548" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I548" s="16" t="s">
-        <x:v>315</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J548" s="14" t="s"/>
       <x:c r="K548" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>549737</x:v>
+        <x:v>613195</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>335</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C549" s="3" t="s"/>
       <x:c r="D549" s="3" t="s"/>
-      <x:c r="E549" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
-        <x:v>338</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
-        <x:v>31009</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>504739</x:v>
+        <x:v>613196</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>715</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
-      <x:c r="E550" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
-        <x:v>373</x:v>
-[...1 lines deleted...]
-      <x:c r="H550" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H550" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I550" s="16" t="s">
-        <x:v>315</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>549759</x:v>
+        <x:v>613205</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="C551" s="3" t="s"/>
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C551" s="3" t="n">
+        <x:v>37579</x:v>
+      </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="J551" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>592911</x:v>
+        <x:v>595622</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C552" s="15" t="s"/>
       <x:c r="D552" s="15" t="s"/>
-      <x:c r="E552" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>184</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J552" s="14" t="s"/>
       <x:c r="K552" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>550303</x:v>
+        <x:v>612622</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>253</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
-      <x:c r="E553" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>230</x:v>
-[...2 lines deleted...]
-        <x:v>255</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>553577</x:v>
+        <x:v>612693</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>241</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C554" s="15" t="s"/>
       <x:c r="D554" s="15" t="s"/>
-      <x:c r="E554" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>242</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
-        <x:v>244</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J554" s="14" t="s"/>
       <x:c r="K554" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>609471</x:v>
+        <x:v>612696</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>343</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C555" s="3" t="s"/>
       <x:c r="D555" s="3" t="s"/>
-      <x:c r="E555" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>288</x:v>
-[...2 lines deleted...]
-        <x:v>289</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>290</x:v>
-[...2 lines deleted...]
-        <x:v>255</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>554881</x:v>
+        <x:v>608590</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>287</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C556" s="15" t="s"/>
       <x:c r="D556" s="15" t="s"/>
-      <x:c r="E556" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I556" s="16" t="s">
-        <x:v>290</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J556" s="14" t="s"/>
       <x:c r="K556" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>554884</x:v>
+        <x:v>602365</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>253</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C557" s="3" t="s"/>
       <x:c r="D557" s="3" t="s"/>
-      <x:c r="E557" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>266</x:v>
-[...2 lines deleted...]
-        <x:v>255</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>614700</x:v>
+        <x:v>602368</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>292</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C558" s="15" t="s"/>
       <x:c r="D558" s="15" t="s"/>
-      <x:c r="E558" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I558" s="16" t="s">
-        <x:v>266</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J558" s="14" t="s"/>
       <x:c r="K558" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>602874</x:v>
+        <x:v>602371</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>241</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C559" s="3" t="s"/>
       <x:c r="D559" s="3" t="s"/>
-      <x:c r="E559" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H559" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>422</x:v>
-[...2 lines deleted...]
-        <x:v>101</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>604383</x:v>
+        <x:v>602377</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>364</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C560" s="15" t="s"/>
       <x:c r="D560" s="15" t="s"/>
-      <x:c r="E560" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I560" s="16" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J560" s="14" t="s"/>
       <x:c r="K560" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>600355</x:v>
+        <x:v>602380</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>641</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C561" s="3" t="s"/>
       <x:c r="D561" s="3" t="s"/>
-      <x:c r="E561" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H561" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>230</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>605594</x:v>
+        <x:v>602400</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>372</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C562" s="15" t="s"/>
       <x:c r="D562" s="15" t="s"/>
-      <x:c r="E562" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>373</x:v>
-[...1 lines deleted...]
-      <x:c r="H562" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H562" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I562" s="16" t="s">
-        <x:v>315</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J562" s="14" t="s"/>
       <x:c r="K562" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>604973</x:v>
+        <x:v>602414</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>722</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C563" s="3" t="s"/>
       <x:c r="D563" s="3" t="s"/>
-      <x:c r="E563" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H563" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>315</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>506859</x:v>
+        <x:v>602420</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>253</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C564" s="15" t="s"/>
       <x:c r="D564" s="15" t="s"/>
-      <x:c r="E564" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>590</x:v>
-[...1 lines deleted...]
-      <x:c r="H564" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H564" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I564" s="16" t="s">
-        <x:v>297</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J564" s="14" t="s"/>
       <x:c r="K564" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>549514</x:v>
+        <x:v>602429</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>723</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C565" s="3" t="s"/>
       <x:c r="D565" s="3" t="s"/>
-      <x:c r="E565" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H565" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>277</x:v>
-[...2 lines deleted...]
-        <x:v>255</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
-        <x:v>30812</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>608641</x:v>
+        <x:v>602432</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>241</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C566" s="15" t="s"/>
       <x:c r="D566" s="15" t="s"/>
-      <x:c r="E566" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>473</x:v>
-[...1 lines deleted...]
-      <x:c r="H566" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H566" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I566" s="16" t="s">
-        <x:v>422</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J566" s="14" t="s"/>
       <x:c r="K566" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>720</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>565695</x:v>
+        <x:v>603821</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>725</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>726</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C567" s="3" t="s"/>
       <x:c r="D567" s="3" t="s"/>
-      <x:c r="E567" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H567" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>448036</x:v>
+        <x:v>603830</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>253</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C568" s="15" t="s"/>
       <x:c r="D568" s="15" t="s"/>
-      <x:c r="E568" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>431</x:v>
-[...1 lines deleted...]
-      <x:c r="H568" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H568" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I568" s="16" t="s">
-        <x:v>432</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J568" s="14" t="s"/>
       <x:c r="K568" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>500792</x:v>
+        <x:v>603835</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>400</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C569" s="3" t="s"/>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H569" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>269</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>592285</x:v>
+        <x:v>603845</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="C570" s="15" t="s"/>
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C570" s="15" t="n">
+        <x:v>39490</x:v>
+      </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>626</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
-        <x:v>627</x:v>
-[...1 lines deleted...]
-      <x:c r="J570" s="14" t="s"/>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="J570" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>629</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>592908</x:v>
+        <x:v>592285</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C571" s="3" t="s"/>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>603859</x:v>
+        <x:v>592908</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C572" s="15" t="s"/>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s"/>
       <x:c r="K572" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>603866</x:v>
+        <x:v>592911</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C573" s="3" t="s"/>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H573" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>592938</x:v>
+        <x:v>603859</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C574" s="15" t="s"/>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>626</x:v>
-[...1 lines deleted...]
-      <x:c r="H574" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H574" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I574" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s"/>
       <x:c r="K574" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>629</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>592950</x:v>
+        <x:v>603866</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>299</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C575" s="3" t="s"/>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>269</x:v>
-[...2 lines deleted...]
-        <x:v>255</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>592351</x:v>
+        <x:v>592938</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>299</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C576" s="15" t="s"/>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
-        <x:v>306</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="J576" s="14" t="s"/>
       <x:c r="K576" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>592357</x:v>
+        <x:v>592950</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
-        <x:v>35475</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>596784</x:v>
+        <x:v>592351</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>731</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
-        <x:v>40288</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>592404</x:v>
+        <x:v>592357</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
-        <x:v>35457</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>596799</x:v>
+        <x:v>596784</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>170</x:v>
-[...1 lines deleted...]
-      <x:c r="C580" s="15" t="s"/>
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="C580" s="15" t="n">
+        <x:v>40288</x:v>
+      </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J580" s="14" t="s"/>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="J580" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
       <x:c r="K580" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>613138</x:v>
+        <x:v>592404</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>170</x:v>
-[...1 lines deleted...]
-      <x:c r="C581" s="3" t="s"/>
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="C581" s="3" t="n">
+        <x:v>35457</x:v>
+      </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="J581" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>613141</x:v>
+        <x:v>596799</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C582" s="15" t="s"/>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s"/>
       <x:c r="K582" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>613122</x:v>
+        <x:v>603679</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>613126</x:v>
+        <x:v>611204</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C584" s="15" t="s"/>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s"/>
       <x:c r="K584" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>613140</x:v>
+        <x:v>603701</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C585" s="3" t="s"/>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>613143</x:v>
+        <x:v>603708</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C586" s="15" t="s"/>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s"/>
       <x:c r="K586" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
-        <x:v>603821</x:v>
+        <x:v>603716</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C587" s="3" t="s"/>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
-        <x:v>603830</x:v>
+        <x:v>578578</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C588" s="15" t="s"/>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I588" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s"/>
       <x:c r="K588" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
-        <x:v>603835</x:v>
+        <x:v>613122</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C589" s="3" t="s"/>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
-        <x:v>603845</x:v>
+        <x:v>613126</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
-        <x:v>299</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C590" s="15" t="s"/>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
-        <x:v>284</x:v>
-[...1 lines deleted...]
-      <x:c r="H590" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H590" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I590" s="16" t="s">
-        <x:v>285</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J590" s="14" t="s"/>
       <x:c r="K590" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>592358</x:v>
+        <x:v>613140</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>421</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C591" s="3" t="s"/>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H591" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
-        <x:v>285</x:v>
-[...2 lines deleted...]
-        <x:v>255</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
-        <x:v>596785</x:v>
+        <x:v>613143</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C592" s="15" t="s"/>
       <x:c r="D592" s="15" t="s"/>
-      <x:c r="E592" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I592" s="16" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J592" s="14" t="s"/>
       <x:c r="K592" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31028</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
-        <x:v>451269</x:v>
+        <x:v>546146</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>287</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C593" s="3" t="s"/>
       <x:c r="D593" s="3" t="s"/>
-      <x:c r="E593" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>288</x:v>
-[...2 lines deleted...]
-        <x:v>289</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
-        <x:v>290</x:v>
-[...2 lines deleted...]
-        <x:v>255</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>453831</x:v>
+        <x:v>500684</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
-        <x:v>35457</x:v>
+        <x:v>38321</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I594" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
-        <x:v>453837</x:v>
+        <x:v>451269</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>633</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="E595" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H595" s="0" t="s">
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>549760</x:v>
+        <x:v>453831</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>35457</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
-        <x:v>312</x:v>
-[...1 lines deleted...]
-      <x:c r="H596" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H596" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I596" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K596" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>534965</x:v>
+        <x:v>453837</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>534968</x:v>
+        <x:v>549760</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>550910</x:v>
+        <x:v>534965</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="E599" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>535022</x:v>
+        <x:v>534968</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>535027</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="E601" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
-        <x:v>542192</x:v>
+        <x:v>535022</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
-        <x:v>37638</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s"/>
       <x:c r="I602" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K602" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
-        <x:v>554510</x:v>
+        <x:v>535027</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
-        <x:v>738</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="E603" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
-        <x:v>498751</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>37638</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
-        <x:v>320</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>568839</x:v>
+        <x:v>554510</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="U604" s="16" t="s">
         <x:v>739</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="E605" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
-        <x:v>320</x:v>
-[...2 lines deleted...]
-        <x:v>321</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
-        <x:v>568842</x:v>
+        <x:v>498751</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
-        <x:v>38105</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
-        <x:v>414</x:v>
-[...1 lines deleted...]
-      <x:c r="H606" s="14" t="s"/>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H606" s="14" t="s">
+        <x:v>321</x:v>
+      </x:c>
       <x:c r="I606" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
-        <x:v>557850</x:v>
+        <x:v>568839</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
-        <x:v>40573</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H607" s="0" t="s">
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
-        <x:v>605596</x:v>
+        <x:v>568842</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
-        <x:v>740</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C608" s="15" t="n">
-        <x:v>35435</x:v>
+        <x:v>38105</x:v>
       </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
-        <x:v>293</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
-        <x:v>31009</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>510493</x:v>
+        <x:v>557850</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>549300</x:v>
+        <x:v>605596</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
-        <x:v>742</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
-        <x:v>35078</x:v>
+        <x:v>35435</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
-        <x:v>373</x:v>
-[...1 lines deleted...]
-      <x:c r="H610" s="14" t="s"/>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H610" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
       <x:c r="I610" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
-        <x:v>506860</x:v>
+        <x:v>510493</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
-        <x:v>35435</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
-        <x:v>293</x:v>
-[...2 lines deleted...]
-        <x:v>294</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
-        <x:v>31009</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
-        <x:v>564562</x:v>
+        <x:v>549300</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
-        <x:v>37579</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
-        <x:v>184</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
-        <x:v>555740</x:v>
+        <x:v>506860</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
-        <x:v>39585</x:v>
+        <x:v>35435</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>546298</x:v>
+        <x:v>564562</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
-        <x:v>38321</x:v>
+        <x:v>37579</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I614" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
-        <x:v>501083</x:v>
+        <x:v>555740</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>39585</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="E615" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>556789</x:v>
+        <x:v>546298</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
-        <x:v>39586</x:v>
+        <x:v>38321</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
-        <x:v>373</x:v>
-[...1 lines deleted...]
-      <x:c r="H616" s="14" t="s"/>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H616" s="14" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="I616" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>605013</x:v>
+        <x:v>501083</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>449</x:v>
-[...1 lines deleted...]
-      <x:c r="C617" s="3" t="s"/>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C617" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D617" s="3" t="s"/>
+      <x:c r="E617" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G617" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="J617" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
-        <x:v>31028</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>546146</x:v>
+        <x:v>556789</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C618" s="15" t="s"/>
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C618" s="15" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D618" s="15" t="s"/>
-      <x:c r="E618" s="14" t="s"/>
+      <x:c r="E618" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="J618" s="14" t="s"/>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J618" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K618" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
-        <x:v>31021</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>500684</x:v>
+        <x:v>605013</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C619" s="3" t="s"/>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>26</x:v>
@@ -37480,1047 +37485,1048 @@
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
         <x:v>534509</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>755</x:v>
-[...1 lines deleted...]
-      <x:c r="C627" s="3" t="s"/>
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C627" s="3" t="n">
+        <x:v>38997</x:v>
+      </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="J627" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>586560</x:v>
+        <x:v>591994</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>757</x:v>
-[...1 lines deleted...]
-      <x:c r="C628" s="15" t="s"/>
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C628" s="15" t="n">
+        <x:v>39278</x:v>
+      </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
-        <x:v>758</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
-        <x:v>688</x:v>
-[...1 lines deleted...]
-      <x:c r="J628" s="14" t="s"/>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="J628" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K628" s="14" t="s">
-        <x:v>759</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
-        <x:v>758</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
-        <x:v>688</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>601329</x:v>
+        <x:v>592082</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>760</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>761</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>755</x:v>
-[...1 lines deleted...]
-      <x:c r="C629" s="3" t="s"/>
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C629" s="3" t="n">
+        <x:v>39278</x:v>
+      </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="J629" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>586559</x:v>
+        <x:v>592083</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
-        <x:v>38997</x:v>
+        <x:v>40612</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K630" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
-        <x:v>24237</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>591994</x:v>
+        <x:v>592576</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>592082</x:v>
+        <x:v>596940</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>417</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="C632" s="15" t="s"/>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s"/>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
-        <x:v>285</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J632" s="14" t="s"/>
       <x:c r="K632" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>592083</x:v>
+        <x:v>597491</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>402</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C633" s="3" t="s"/>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="G633" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
-        <x:v>404</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>592576</x:v>
+        <x:v>500175</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>37346</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>596940</x:v>
+        <x:v>597153</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C635" s="3" t="s"/>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="J635" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>597491</x:v>
+        <x:v>594670</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C636" s="15" t="s"/>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="J636" s="14" t="s"/>
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="J636" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="K636" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
-        <x:v>31021</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>500175</x:v>
+        <x:v>594671</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>763</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C637" s="3" t="s"/>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>597153</x:v>
+        <x:v>594688</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C638" s="15" t="s"/>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
-        <x:v>765</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
-        <x:v>766</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J638" s="14" t="s"/>
       <x:c r="K638" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
-        <x:v>765</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
-        <x:v>766</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>767</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>594670</x:v>
+        <x:v>603673</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C639" s="3" t="s"/>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="G639" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
-        <x:v>769</x:v>
-[...2 lines deleted...]
-        <x:v>101</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>594671</x:v>
+        <x:v>603707</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C640" s="15" t="s"/>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
-        <x:v>771</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
-        <x:v>291</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J640" s="14" t="s"/>
       <x:c r="K640" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
-        <x:v>771</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>594688</x:v>
+        <x:v>603710</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C641" s="3" t="s"/>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="G641" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>603673</x:v>
+        <x:v>603720</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C642" s="15" t="s"/>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s"/>
       <x:c r="K642" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>603707</x:v>
+        <x:v>603722</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C643" s="3" t="s"/>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>603710</x:v>
+        <x:v>586560</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C644" s="15" t="s"/>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s"/>
       <x:c r="K644" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>603720</x:v>
+        <x:v>601329</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C645" s="3" t="s"/>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>603722</x:v>
+        <x:v>586559</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C646" s="15" t="s"/>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I646" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s"/>
       <x:c r="K646" s="14" t="s">
         <x:v>25</x:v>
@@ -39528,51 +39534,51 @@
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="G665" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
         <x:v>613731</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
@@ -39727,437 +39733,437 @@
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
         <x:v>615689</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
-        <x:v>39490</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
-        <x:v>787</x:v>
-[...2 lines deleted...]
-        <x:v>788</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>579573</x:v>
+        <x:v>584265</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
-        <x:v>35475</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
-        <x:v>787</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K670" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
-        <x:v>575980</x:v>
+        <x:v>551783</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
-        <x:v>35475</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="G671" s="0" t="s">
-        <x:v>787</x:v>
-[...2 lines deleted...]
-        <x:v>788</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
-        <x:v>575981</x:v>
+        <x:v>584269</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I672" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="Q672" s="16" t="s">
         <x:v>793</x:v>
       </x:c>
-      <x:c r="Q672" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R672" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
-        <x:v>574955</x:v>
+        <x:v>579573</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
-        <x:v>40573</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="H673" s="0" t="s">
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>584265</x:v>
+        <x:v>575980</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
-        <x:v>796</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
-        <x:v>473</x:v>
-[...1 lines deleted...]
-      <x:c r="H674" s="14" t="s"/>
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="H674" s="14" t="s">
+        <x:v>791</x:v>
+      </x:c>
       <x:c r="I674" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K674" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
-        <x:v>551783</x:v>
+        <x:v>575981</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>725</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
-        <x:v>40573</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="H675" s="0" t="s">
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
-        <x:v>584269</x:v>
+        <x:v>574955</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -40167,51 +40173,51 @@
       <x:c r="L676" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>607296</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -40292,1243 +40298,1242 @@
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>559244</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
-        <x:v>39775</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
-        <x:v>610847</x:v>
+        <x:v>575556</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
-        <x:v>803</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I680" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
-        <x:v>574911</x:v>
+        <x:v>610847</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="G681" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
-        <x:v>575556</x:v>
+        <x:v>574911</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
-        <x:v>39485</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s"/>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
-        <x:v>805</x:v>
-[...1 lines deleted...]
-      <x:c r="H682" s="14" t="s"/>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H682" s="14" t="s">
+        <x:v>321</x:v>
+      </x:c>
       <x:c r="I682" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K682" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
-        <x:v>11052</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
-        <x:v>805</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
-        <x:v>578115</x:v>
+        <x:v>580870</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
-        <x:v>545464</x:v>
+        <x:v>558368</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s"/>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
-        <x:v>254</x:v>
-[...1 lines deleted...]
-      <x:c r="H684" s="14" t="s"/>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H684" s="14" t="s">
+        <x:v>195</x:v>
+      </x:c>
       <x:c r="I684" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K684" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
-        <x:v>545465</x:v>
+        <x:v>578622</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
-        <x:v>38117</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H685" s="0" t="s">
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
-        <x:v>545502</x:v>
+        <x:v>578625</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s"/>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I686" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K686" s="14" t="s">
-        <x:v>811</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
-        <x:v>580870</x:v>
+        <x:v>579574</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>741</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
-        <x:v>812</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
-        <x:v>39775</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="G687" s="0" t="s">
-        <x:v>194</x:v>
-[...2 lines deleted...]
-        <x:v>195</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
-        <x:v>615687</x:v>
+        <x:v>587305</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
-        <x:v>776</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
-        <x:v>784</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
-        <x:v>39775</x:v>
+        <x:v>40246</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s"/>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
-        <x:v>194</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="H688" s="14" t="s"/>
       <x:c r="I688" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
-        <x:v>615688</x:v>
+        <x:v>613757</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
-        <x:v>40897</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="G689" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="H689" s="0" t="s">
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J689" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
-        <x:v>587305</x:v>
+        <x:v>574956</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
-        <x:v>40246</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s"/>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K690" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
-        <x:v>613757</x:v>
+        <x:v>598491</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="G691" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H691" s="0" t="s">
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
-        <x:v>558368</x:v>
+        <x:v>615687</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I692" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
-        <x:v>578622</x:v>
+        <x:v>615688</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
-        <x:v>818</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
-        <x:v>813</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
-        <x:v>39775</x:v>
+        <x:v>40246</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="G693" s="0" t="s">
-        <x:v>194</x:v>
-[...2 lines deleted...]
-        <x:v>195</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
-        <x:v>578625</x:v>
+        <x:v>562795</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
-        <x:v>786</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
-        <x:v>39490</x:v>
+        <x:v>39485</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s"/>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>787</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="H694" s="14" t="s"/>
       <x:c r="I694" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
-        <x:v>790</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>579574</x:v>
+        <x:v>578115</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
-        <x:v>787</x:v>
-[...2 lines deleted...]
-        <x:v>788</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>574956</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
-        <x:v>41129</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K696" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
-        <x:v>598491</x:v>
+        <x:v>545465</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>38117</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="G697" s="0" t="s">
-        <x:v>264</x:v>
-[...2 lines deleted...]
-        <x:v>265</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
-        <x:v>588395</x:v>
+        <x:v>545502</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
-        <x:v>796</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s"/>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
-        <x:v>473</x:v>
-[...1 lines deleted...]
-      <x:c r="H698" s="14" t="s"/>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H698" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
       <x:c r="I698" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K698" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
-        <x:v>588537</x:v>
+        <x:v>588395</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
-        <x:v>40246</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="G699" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J699" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
-        <x:v>562795</x:v>
+        <x:v>588537</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C700" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D700" s="15" t="s"/>
       <x:c r="E700" s="14" t="s"/>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H700" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I700" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J700" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K700" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -41550,194 +41555,194 @@
       <x:c r="R700" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
         <x:v>608352</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="G701" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H701" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
         <x:v>575051</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I702" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K702" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
-        <x:v>790</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>579575</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>553598</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
@@ -41816,51 +41821,51 @@
       <x:c r="M705" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
         <x:v>573843</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s"/>
       <x:c r="I706" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -41888,197 +41893,197 @@
       <x:c r="R706" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
         <x:v>573846</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H707" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
         <x:v>574942</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I708" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K708" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N708" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O708" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
         <x:v>574958</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="G709" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H709" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>575009</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
@@ -42100,51 +42105,51 @@
       <x:c r="L710" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
         <x:v>607297</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -42154,62 +42159,62 @@
       <x:c r="L711" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>607298</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I712" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -42231,132 +42236,132 @@
       <x:c r="R712" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>517234</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>574913</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s"/>
       <x:c r="I714" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K714" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
         <x:v>578825</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
@@ -42432,57 +42437,57 @@
       <x:c r="J716" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K716" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
         <x:v>590249</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
-        <x:v>760</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
         <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H717" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -42498,51 +42503,51 @@
       <x:c r="M717" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>615664</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s"/>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -42594,66 +42599,66 @@
       <x:c r="G719" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>613589</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I720" s="16" t="s">
@@ -42668,51 +42673,51 @@
       <x:c r="L720" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
         <x:v>578624</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
-        <x:v>819</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -42733,51 +42738,51 @@
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
         <x:v>599461</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
-        <x:v>794</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C722" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s"/>
       <x:c r="I722" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K722" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
         <x:v>27</x:v>
@@ -42908,54 +42913,54 @@
       <x:c r="R724" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
         <x:v>587738</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
         <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C725" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D725" s="3" t="s"/>
       <x:c r="G725" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H725" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J725" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
@@ -43119,119 +43124,119 @@
       <x:c r="L728" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M728" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N728" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O728" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P728" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q728" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R728" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S728" s="14" t="n">
         <x:v>578626</x:v>
       </x:c>
       <x:c r="T728" s="16" t="s">
-        <x:v>819</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U728" s="16" t="s">
         <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:21">
       <x:c r="A729" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="C729" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D729" s="3" t="s"/>
       <x:c r="G729" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H729" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I729" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J729" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M729" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N729" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O729" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P729" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q729" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R729" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S729" s="0" t="n">
         <x:v>574909</x:v>
       </x:c>
       <x:c r="T729" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U729" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:21">
       <x:c r="A730" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B730" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C730" s="15" t="n">
         <x:v>40246</x:v>
       </x:c>
       <x:c r="D730" s="15" t="s"/>
       <x:c r="E730" s="14" t="s"/>
       <x:c r="F730" s="14" t="s"/>
       <x:c r="G730" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="H730" s="14" t="s"/>
       <x:c r="I730" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J730" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K730" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L730" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M730" s="14" t="s">
         <x:v>61</x:v>
@@ -43251,197 +43256,197 @@
       <x:c r="R730" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S730" s="14" t="n">
         <x:v>578846</x:v>
       </x:c>
       <x:c r="T730" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U730" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:21">
       <x:c r="A731" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="C731" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D731" s="3" t="s"/>
       <x:c r="G731" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H731" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I731" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J731" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="C732" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s"/>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H732" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I732" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J732" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K732" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M732" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
         <x:v>574995</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C733" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D733" s="3" t="s"/>
       <x:c r="G733" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J733" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
         <x:v>575008</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C734" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D734" s="15" t="s"/>
@@ -43520,101 +43525,101 @@
       <x:c r="L735" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
         <x:v>578623</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="C736" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D736" s="15" t="s"/>
       <x:c r="E736" s="14" t="s"/>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H736" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I736" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J736" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K736" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L736" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M736" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N736" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O736" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P736" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q736" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R736" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S736" s="14" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T736" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U736" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:21">
       <x:c r="A737" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C737" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D737" s="3" t="s"/>
@@ -43644,100 +43649,100 @@
       </x:c>
       <x:c r="P737" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q737" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R737" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S737" s="0" t="n">
         <x:v>571770</x:v>
       </x:c>
       <x:c r="T737" s="4" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="U737" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:21">
       <x:c r="A738" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B738" s="14" t="s">
-        <x:v>794</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C738" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D738" s="15" t="s"/>
       <x:c r="E738" s="14" t="s"/>
       <x:c r="F738" s="14" t="s"/>
       <x:c r="G738" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H738" s="14" t="s"/>
       <x:c r="I738" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J738" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K738" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M738" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N738" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O738" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
         <x:v>584264</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C739" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D739" s="3" t="s"/>
       <x:c r="G739" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I739" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J739" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
@@ -43840,167 +43845,167 @@
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="G741" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J741" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M741" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
         <x:v>559218</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C742" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s"/>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I742" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K742" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L742" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M742" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N742" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O742" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P742" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q742" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R742" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S742" s="14" t="n">
         <x:v>574912</x:v>
       </x:c>
       <x:c r="T742" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U742" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:21">
       <x:c r="A743" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C743" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D743" s="3" t="s"/>
       <x:c r="G743" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="H743" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="I743" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J743" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L743" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M743" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N743" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O743" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="P743" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="Q743" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R743" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="S743" s="0" t="n">
         <x:v>613587</x:v>
       </x:c>
       <x:c r="T743" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U743" s="4" t="s">
         <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:21">
       <x:c r="A744" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B744" s="14" t="s">
@@ -44015,114 +44020,114 @@
       <x:c r="G744" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="H744" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="I744" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J744" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K744" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L744" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M744" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N744" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O744" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
         <x:v>613588</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
         <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C745" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D745" s="3" t="s"/>
       <x:c r="G745" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H745" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J745" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
         <x:v>574960</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C746" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D746" s="15" t="s"/>
@@ -44214,82 +44219,82 @@
       </x:c>
       <x:c r="P747" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R747" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S747" s="0" t="n">
         <x:v>599305</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C748" s="15" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D748" s="15" t="s"/>
       <x:c r="E748" s="14" t="s"/>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H748" s="14" t="s"/>
       <x:c r="I748" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J748" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K748" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L748" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M748" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R748" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
         <x:v>597722</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
         <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
@@ -44325,51 +44330,51 @@
       </x:c>
       <x:c r="P749" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
         <x:v>589941</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C750" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H750" s="14" t="s"/>
       <x:c r="I750" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J750" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K750" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L750" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>37</x:v>
@@ -44382,97 +44387,97 @@
       </x:c>
       <x:c r="P750" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
         <x:v>589942</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C751" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D751" s="3" t="s"/>
       <x:c r="G751" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J751" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
         <x:v>584266</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C752" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s"/>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H752" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I752" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J752" s="14" t="s">
@@ -44484,62 +44489,62 @@
       <x:c r="L752" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M752" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N752" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O752" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P752" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q752" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R752" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S752" s="14" t="n">
         <x:v>578627</x:v>
       </x:c>
       <x:c r="T752" s="16" t="s">
-        <x:v>819</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U752" s="16" t="s">
         <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:21">
       <x:c r="A753" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C753" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D753" s="3" t="s"/>
       <x:c r="G753" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I753" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J753" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K753" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L753" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M753" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N753" s="3" t="n">
         <x:v>24231</x:v>
@@ -44558,197 +44563,197 @@
       </x:c>
       <x:c r="S753" s="0" t="n">
         <x:v>599475</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="C754" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D754" s="15" t="s"/>
       <x:c r="E754" s="14" t="s"/>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H754" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I754" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J754" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K754" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L754" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M754" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
         <x:v>574908</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="C755" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="G755" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I755" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J755" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L755" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M755" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N755" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O755" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P755" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q755" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R755" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S755" s="0" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T755" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U755" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:21">
       <x:c r="A756" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B756" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="C756" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D756" s="15" t="s"/>
       <x:c r="E756" s="14" t="s"/>
       <x:c r="F756" s="14" t="s"/>
       <x:c r="G756" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H756" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I756" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J756" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K756" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L756" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M756" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N756" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O756" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P756" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q756" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R756" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S756" s="14" t="n">
         <x:v>581573</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C757" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D757" s="3" t="s"/>
@@ -44827,51 +44832,51 @@
       <x:c r="M758" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N758" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O758" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P758" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q758" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R758" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S758" s="14" t="n">
         <x:v>573280</x:v>
       </x:c>
       <x:c r="T758" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U758" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:21">
       <x:c r="A759" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C759" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D759" s="3" t="s"/>
       <x:c r="G759" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I759" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J759" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K759" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -44992,51 +44997,51 @@
       <x:c r="M761" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N761" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O761" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P761" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q761" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R761" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S761" s="0" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T761" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U761" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:21">
       <x:c r="A762" s="13" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B762" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C762" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D762" s="15" t="s"/>
       <x:c r="E762" s="14" t="s"/>
       <x:c r="F762" s="14" t="s"/>
       <x:c r="G762" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H762" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I762" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J762" s="14" t="s">
@@ -45122,54 +45127,54 @@
       </x:c>
       <x:c r="S763" s="0" t="n">
         <x:v>581515</x:v>
       </x:c>
       <x:c r="T763" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U763" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:21">
       <x:c r="A764" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B764" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="C764" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D764" s="15" t="s"/>
       <x:c r="E764" s="14" t="s"/>
       <x:c r="F764" s="14" t="s"/>
       <x:c r="G764" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H764" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I764" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J764" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K764" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L764" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M764" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N764" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O764" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P764" s="14" t="s">
         <x:v>852</x:v>
       </x:c>
@@ -45179,54 +45184,54 @@
       <x:c r="R764" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S764" s="14" t="n">
         <x:v>576313</x:v>
       </x:c>
       <x:c r="T764" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U764" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:21">
       <x:c r="A765" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="C765" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D765" s="3" t="s"/>
       <x:c r="G765" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H765" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I765" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J765" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K765" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L765" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M765" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N765" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O765" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P765" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
@@ -45238,54 +45243,54 @@
       </x:c>
       <x:c r="S765" s="0" t="n">
         <x:v>576314</x:v>
       </x:c>
       <x:c r="T765" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U765" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:21">
       <x:c r="A766" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B766" s="14" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="C766" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D766" s="15" t="s"/>
       <x:c r="E766" s="14" t="s"/>
       <x:c r="F766" s="14" t="s"/>
       <x:c r="G766" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H766" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I766" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J766" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K766" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L766" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M766" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N766" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O766" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="P766" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
@@ -45295,81 +45300,81 @@
       <x:c r="R766" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S766" s="14" t="n">
         <x:v>580913</x:v>
       </x:c>
       <x:c r="T766" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U766" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:21">
       <x:c r="A767" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C767" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D767" s="3" t="s"/>
       <x:c r="G767" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H767" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I767" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J767" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K767" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L767" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M767" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N767" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O767" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P767" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q767" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R767" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S767" s="0" t="n">
         <x:v>581574</x:v>
       </x:c>
       <x:c r="T767" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U767" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>