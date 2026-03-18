--- v1 (2026-03-18)
+++ v2 (2026-03-18)
@@ -1613,228 +1613,228 @@
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Entretiens individuels</x:t>
   </x:si>
   <x:si>
     <x:t>Dc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2019 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Coach professionnel bloc de compétences 4 Création, gestion et développement de son activité de Coach Professionnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Marseille (cours Messidoro)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation Boost</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable en gestion administrative et ressources humaines (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de l'Alternance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ESAME</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>M2S Formation Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Changement et prévention des risques psychosociaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention sciences de l'éducation et de la formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animation socioculturelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention gestion des ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ladapt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Handicapé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ladapt - Antenne Toulon - CFA Spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel assistant ressources humaines (Apprentissage) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpes Développement Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
   </x:si>
   <x:si>
     <x:t>13453</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
-  </x:si>
-[...109 lines deleted...]
-    <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Assistant Ressources Humaines (TP ARH)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Préparer et animer la démarche de prévention des risques psychosociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Prévenir les risques psychosociaux (RPS)</x:t>
   </x:si>
   <x:si>
     <x:t>Santé qualité de vie au travail et risques psychosociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Epv</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
@@ -14513,4231 +14513,4233 @@
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>586483</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>547159</x:v>
+        <x:v>567450</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>38899</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
-      <x:c r="E199" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>32688</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>558683</x:v>
+        <x:v>577362</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>38899</x:v>
+        <x:v>38005</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>32688</x:v>
+        <x:v>32150</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>558684</x:v>
+        <x:v>552907</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>41128</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
-      <x:c r="E201" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>589882</x:v>
+        <x:v>596729</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>41128</x:v>
+        <x:v>40594</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
-      <x:c r="E202" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>517</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>589891</x:v>
+        <x:v>592564</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>40594</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
-      <x:c r="E203" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>552645</x:v>
+        <x:v>592565</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>599593</x:v>
+        <x:v>596732</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>131</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
-      <x:c r="E205" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-        <x:v>127</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>32150</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>564257</x:v>
+        <x:v>540646</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>601369</x:v>
+        <x:v>556971</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>36500</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
-      <x:c r="E207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>601468</x:v>
+        <x:v>524739</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
-      <x:c r="E208" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>88</x:v>
-[...1 lines deleted...]
-      <x:c r="H208" s="14" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>601472</x:v>
+        <x:v>524832</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
-      <x:c r="E209" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>311</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>600400</x:v>
+        <x:v>537364</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
-      <x:c r="E210" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>600598</x:v>
+        <x:v>590048</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>545492</x:v>
+        <x:v>547159</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38899</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>545493</x:v>
+        <x:v>558683</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>38899</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>545656</x:v>
+        <x:v>558684</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>35030</x:v>
+        <x:v>41128</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>482</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>509838</x:v>
+        <x:v>589882</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>41128</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>541163</x:v>
+        <x:v>589891</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>36986</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>74</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>504406</x:v>
+        <x:v>552645</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>554917</x:v>
+        <x:v>599593</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>40594</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>588238</x:v>
+        <x:v>564257</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>603543</x:v>
+        <x:v>601369</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>40594</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>603562</x:v>
+        <x:v>601468</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>38489</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>603570</x:v>
+        <x:v>601472</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>38438</x:v>
+        <x:v>40853</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>33036</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>608894</x:v>
+        <x:v>600400</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>36143</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>608916</x:v>
+        <x:v>600598</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>40244</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>74</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>608918</x:v>
+        <x:v>545492</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>545013</x:v>
+        <x:v>545493</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>600081</x:v>
+        <x:v>545656</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>534</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>609188</x:v>
+        <x:v>509838</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>40594</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>247</x:v>
-[...1 lines deleted...]
-      <x:c r="H228" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>600146</x:v>
+        <x:v>541163</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>41366</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>609204</x:v>
+        <x:v>504406</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>537</x:v>
-[...1 lines deleted...]
-      <x:c r="C230" s="15" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C230" s="15" t="n">
+        <x:v>35376</x:v>
+      </x:c>
       <x:c r="D230" s="15" t="s"/>
-      <x:c r="E230" s="14" t="s"/>
+      <x:c r="E230" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="H230" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>89</x:v>
-[...1 lines deleted...]
-      <x:c r="J230" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J230" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>33053</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>598656</x:v>
+        <x:v>554917</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>39864</x:v>
+        <x:v>40594</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
+      <x:c r="E231" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>592278</x:v>
+        <x:v>588238</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>214</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>540</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>216</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>33053</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>595449</x:v>
+        <x:v>598656</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>39864</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>595471</x:v>
+        <x:v>592278</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>35030</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>567450</x:v>
+        <x:v>595449</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>147</x:v>
-[...2 lines deleted...]
-        <x:v>148</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>577362</x:v>
+        <x:v>595471</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>38005</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s"/>
+      <x:c r="E236" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>291</x:v>
-[...1 lines deleted...]
-      <x:c r="H236" s="14" t="s"/>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>32150</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>552907</x:v>
+        <x:v>607673</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
+      <x:c r="E237" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>596729</x:v>
+        <x:v>607699</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>214</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>40594</x:v>
+        <x:v>40853</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s"/>
+      <x:c r="E238" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>538</x:v>
-[...1 lines deleted...]
-      <x:c r="H238" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>592564</x:v>
+        <x:v>586664</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>40594</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
+      <x:c r="E239" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>592565</x:v>
+        <x:v>599175</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>214</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s"/>
+      <x:c r="E240" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>596732</x:v>
+        <x:v>549661</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>202</x:v>
-[...1 lines deleted...]
-      <x:c r="C241" s="3" t="s"/>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C241" s="3" t="n">
+        <x:v>40863</x:v>
+      </x:c>
       <x:c r="D241" s="3" t="s"/>
+      <x:c r="E241" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="J241" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>32150</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>540646</x:v>
+        <x:v>589955</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>272</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>37266</x:v>
+        <x:v>38899</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
-      <x:c r="E242" s="14" t="s"/>
+      <x:c r="E242" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>33052</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>556971</x:v>
+        <x:v>552440</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
+      <x:c r="E243" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>524739</x:v>
+        <x:v>558991</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>35030</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
-      <x:c r="E244" s="14" t="s"/>
+      <x:c r="E244" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>524832</x:v>
+        <x:v>552644</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C245" s="3" t="s"/>
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="C245" s="3" t="n">
+        <x:v>35030</x:v>
+      </x:c>
       <x:c r="D245" s="3" t="s"/>
+      <x:c r="E245" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="J245" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>32068</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>537364</x:v>
+        <x:v>580665</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>35030</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
-      <x:c r="E246" s="14" t="s"/>
+      <x:c r="E246" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>590048</x:v>
+        <x:v>543561</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>39777</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>252</x:v>
-[...2 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>607673</x:v>
+        <x:v>601251</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>40244</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>607699</x:v>
+        <x:v>601363</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>40853</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>586664</x:v>
+        <x:v>601367</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>599175</x:v>
+        <x:v>601467</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>549661</x:v>
+        <x:v>608634</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>40863</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>235</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>589955</x:v>
+        <x:v>554314</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>38899</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>32688</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>552440</x:v>
+        <x:v>599037</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>38438</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>97</x:v>
-[...1 lines deleted...]
-      <x:c r="H254" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="I254" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>33036</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>558991</x:v>
+        <x:v>504440</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>552644</x:v>
+        <x:v>554871</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>272</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>35030</x:v>
+        <x:v>39777</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>580665</x:v>
+        <x:v>589992</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>543561</x:v>
+        <x:v>554916</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>39777</x:v>
+        <x:v>36995</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>228</x:v>
-[...1 lines deleted...]
-      <x:c r="H258" s="14" t="s"/>
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s">
+        <x:v>562</x:v>
+      </x:c>
       <x:c r="I258" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>601251</x:v>
+        <x:v>549128</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>601363</x:v>
+        <x:v>603543</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>40594</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>601367</x:v>
+        <x:v>603562</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>36500</x:v>
+        <x:v>38489</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>601467</x:v>
+        <x:v>603570</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>608634</x:v>
+        <x:v>608894</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>554314</x:v>
+        <x:v>608916</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>599037</x:v>
+        <x:v>608918</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>36986</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>504440</x:v>
+        <x:v>545013</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>554871</x:v>
+        <x:v>600081</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>39777</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>589992</x:v>
+        <x:v>609188</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>40594</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>554916</x:v>
+        <x:v>600146</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>36995</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>569</x:v>
-[...2 lines deleted...]
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>549128</x:v>
+        <x:v>609204</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
@@ -19132,108 +19134,108 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>598749</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38185</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>595450</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>33054</x:v>
@@ -19243,51 +19245,51 @@
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>595469</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
@@ -20794,75 +20796,75 @@
       <x:c r="S306" s="14" t="n">
         <x:v>589887</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>567803</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
@@ -20957,51 +20959,51 @@
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>599599</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
@@ -21028,84 +21030,84 @@
       <x:c r="S310" s="14" t="n">
         <x:v>577593</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>41128</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>599653</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -21550,51 +21552,51 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>615051</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
@@ -21837,51 +21839,51 @@
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>499748</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>36986</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -23333,51 +23335,51 @@
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>598740</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>33054</x:v>
@@ -23492,51 +23494,51 @@
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>510478</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -23874,51 +23876,51 @@
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>556972</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -23984,54 +23986,54 @@
       <x:c r="L362" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>524735</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -24100,51 +24102,51 @@
       <x:c r="L364" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>524836</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -25104,74 +25106,74 @@
       <x:c r="R381" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>620429</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>615319</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
@@ -25869,66 +25871,66 @@
       <x:c r="G395" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>558685</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>80</x:v>
@@ -26002,51 +26004,51 @@
       <x:c r="M397" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>552920</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
@@ -26079,149 +26081,149 @@
       <x:c r="S398" s="14" t="n">
         <x:v>552934</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>543560</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>543562</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -26701,51 +26703,51 @@
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>600599</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
@@ -26778,57 +26780,57 @@
       <x:c r="S410" s="14" t="n">
         <x:v>545497</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>36986</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -26839,57 +26841,57 @@
         <x:v>498931</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>36986</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
-        <x:v>535</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -27060,51 +27062,51 @@
       <x:c r="M415" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>503874</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
@@ -27240,51 +27242,51 @@
       <x:c r="M418" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>549287</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -27837,81 +27839,81 @@
       <x:c r="S428" s="14" t="n">
         <x:v>589784</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>589791</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -28765,51 +28767,51 @@
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>557870</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>40</x:v>
@@ -29126,57 +29128,57 @@
       <x:c r="S450" s="14" t="n">
         <x:v>609152</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -29516,51 +29518,51 @@
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>592205</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>27</x:v>
@@ -30284,51 +30286,51 @@
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>514977</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
@@ -31812,51 +31814,51 @@
       <x:c r="L498" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>610133</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -32041,54 +32043,54 @@
       <x:c r="L502" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>623368</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -32209,51 +32211,51 @@
       <x:c r="M505" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>558099</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -33442,54 +33444,54 @@
       <x:c r="L527" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>623355</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I528" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
@@ -33558,51 +33560,51 @@
       <x:c r="M529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>606315</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="I530" s="16" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
@@ -34290,51 +34292,51 @@
       <x:c r="M542" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>617708</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
@@ -34344,51 +34346,51 @@
       <x:c r="M543" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>617710</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="I544" s="16" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
@@ -34568,51 +34570,51 @@
       <x:c r="M547" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>558097</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>40594</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -35255,54 +35257,54 @@
       <x:c r="L559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>617006</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -35323,611 +35325,610 @@
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>576385</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
-        <x:v>38990</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
-        <x:v>706</x:v>
-[...2 lines deleted...]
-        <x:v>707</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>14461</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>575695</x:v>
+        <x:v>623282</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>710</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>794</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>38990</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="I562" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>738</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>674</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>575864</x:v>
+        <x:v>575695</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>575866</x:v>
+        <x:v>575864</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>684</x:v>
-[...1 lines deleted...]
-      <x:c r="H564" s="14" t="s"/>
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="H564" s="14" t="s">
+        <x:v>707</x:v>
+      </x:c>
       <x:c r="I564" s="16" t="s">
-        <x:v>685</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>684</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>685</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>617296</x:v>
+        <x:v>575866</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>687</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>616</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>606323</x:v>
+        <x:v>617296</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>611397</x:v>
+        <x:v>606323</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>796</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
-        <x:v>38489</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
-        <x:v>681</x:v>
-[...2 lines deleted...]
-        <x:v>682</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>515050</x:v>
+        <x:v>611397</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>38489</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="I568" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>531508</x:v>
+        <x:v>515050</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
-        <x:v>41132</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H569" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>612003</x:v>
+        <x:v>531508</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>41132</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>684</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
-        <x:v>685</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>684</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>685</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>623282</x:v>
+        <x:v>612003</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>687</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>759</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -36273,54 +36274,54 @@
       <x:c r="L577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>617005</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I578" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
@@ -36335,51 +36336,51 @@
       <x:c r="M578" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>608105</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -36676,51 +36677,51 @@
       <x:c r="M584" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>617709</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -36882,51 +36883,51 @@
       <x:c r="G588" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="I588" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>575731</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
@@ -37687,51 +37688,51 @@
       <x:c r="M602" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
         <x:v>558098</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="E603" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
@@ -38091,51 +38092,51 @@
       <x:c r="L609" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>621162</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s"/>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -38202,51 +38203,51 @@
       <x:c r="L611" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>621233</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s"/>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I612" s="16" t="s">
@@ -38528,51 +38529,51 @@
       <x:c r="G617" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>581335</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
@@ -38587,51 +38588,51 @@
       <x:c r="G618" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="I618" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>575730</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
@@ -38719,51 +38720,51 @@
       <x:c r="M620" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>616999</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -38790,76 +38791,76 @@
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>622054</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>609426</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
@@ -39227,51 +39228,51 @@
       <x:c r="M629" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>608103</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>62</x:v>
       </x:c>