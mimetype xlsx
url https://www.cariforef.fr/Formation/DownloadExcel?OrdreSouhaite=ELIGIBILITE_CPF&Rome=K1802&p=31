--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -1019,380 +1019,380 @@
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'État de paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>ENSP</x:t>
   </x:si>
   <x:si>
     <x:t>13211</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle</x:t>
   </x:si>
   <x:si>
+    <x:t>06/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention géographie, aménagement, environnement et développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cartographie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable du développement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euridis Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euridis Management - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable d'établissement de l'économie sociale et solidaire (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Économie sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pastré Grande Bastide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention politiques publiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention histoire de l'art</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences et techniques patrimoine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention anthropologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention cartographie, topographie et systèmes d'information géographique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée L Pasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Vauvenargues</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager du développement durable (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Paris - Institut Européen de la Communication et des Médias</x:t>
   </x:si>
   <x:si>
     <x:t>IECM</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Paris - Institut Européen de la Communication et des Médias - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable du développement (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion forestière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Exploitation forestière</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention politiques publiques</x:t>
-[...79 lines deleted...]
-  <x:si>
     <x:t>DU chef de projet en alimentation durable option collectivité territoriale</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA ACS'AGRI : analyse, conduite et stratégie de l'entreprise agricole option transition agricole dans les territoires métropolitains</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>responsable du développement des activités</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Ch Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence pro mention protection et valorisation du patrimoine historique et culturel</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention gestion de projets et structures artistiques et culturels</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de Tocqueville</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>responsable du développement des activités</x:t>
-[...2 lines deleted...]
-    <x:t>LPO Ch Péguy</x:t>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sport 4.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAMBESC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État de paysagiste (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National des Sciences et Industries du Vivant et de l'Environnement - AgroParisTech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Nationale Supérieure de Paysage - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale</x:t>
   </x:si>
   <x:si>
     <x:t>IMFRIS</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Travail social en réseau</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Développement Durable (DD) et Responsabilité Sociétale des Entreprises (RSE)</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme d'État de paysagiste (Apprentissage)</x:t>
-[...8 lines deleted...]
-    <x:t>Ecole Nationale Supérieure de Paysage - Antenne Marseille</x:t>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention métiers de la médiation par des approches artistiques et culturelles</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Louis - Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13180</x:t>
   </x:si>
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>licence pro mention métiers de la médiation par des approches artistiques et culturelles</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA développement et animation de projets territoriaux</x:t>
@@ -1472,204 +1472,204 @@
   <x:si>
     <x:t>Licence pro mention protection et valorisation du patrimoine historique et culturel parcours conservation et restauration du patrimoine bâti</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention archéologie, sciences pour l'archéologie parcours archéologie classique des mondes anciens et médiévaux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention gestion et développement des organisations, des services sportifs et de loisirs parcours management, sport, nature, montagne</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention urbanisme et aménagement parcours transitions urbaines et coopération en Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences sanitaires et sociales parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : management du sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours droit public fondamental</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours théorie du droit</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention politiques publiques parcours management des organisations par l'analyse du travail</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management public parcours marketing et communication publics</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention géographie, aménagement, environnement et développement parcours  territoires, société, aménagement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours Moyen-Orient et Maghreb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études portugaises et brésiliennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMF RIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'Etat d'ingénierie sociale (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sociologie parcours sociologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences et humanités parcours environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'Etat d'ingénierie sociale (cursus partiel)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention direction de projets ou établissements culturels parcours administration des institutions culturelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté Economie et Gestion</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention management public parcours attractivité et nouveau marketing territorial</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention direction de projets ou établissements culturels parcours administration des institutions culturelles</x:t>
-[...11 lines deleted...]
-    <x:t>Master mention droit public parcours théorie du droit</x:t>
+    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement des activités</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration publique parcours management public</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention géographie, aménagement, environnement et développement parcours  territoires, société, aménagement</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Master mention gestion des territoires et développement local parcours gestion durable des territoires de montagne</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Montfavet</x:t>
-[...2 lines deleted...]
-    <x:t>10/15/2028 00:00:00</x:t>
+    <x:t>Master mention droit public parcours droit public des affaires et contrats publics</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire de l'art parcours métiers du patrimoine</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention management public parcours développement durable et gouvernance territoriale de projets en Méditerranée et à l'international</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention ville et environnements urbains</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues et sociétés parcours études islamologiques (islamologie et tradition intellectuelle en Islam)</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention droit public parcours droit public des affaires et contrats publics</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention management public parcours développement durable et gouvernance territoriale de projets en Méditerranée et à l'international</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Diplôme d'État de paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure de Paysage</x:t>
   </x:si>
   <x:si>
     <x:t>78000</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention direction de projets ou établissements culturels parcours management et droit des organisations et des manifestations culturelles</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit de l'environnement parcours droit de la transition environnementale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours pratique des droits fondamentaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit de l'environnement parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention archéologie, sciences pour l'archéologie parcours Momarch – Master of Martitime Archaeology</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention management public parcours sécurité et management des territoires</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Master mention archéologie, sciences pour l'archéologie parcours Momarch – Master of Martitime Archaeology</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention science politique Parcours politiques européennes</x:t>
   </x:si>
   <x:si>
     <x:t>Institut d'Etudes Politiques</x:t>
   </x:si>
   <x:si>
     <x:t>IEP</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études européennes et internationales parcours négociation internationale et interculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention politiques publiques parcours gouvernance de l'action sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études hispaniques et latino-américaines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention intervention et développement social parcours handicap et dépendance</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours droit et pratique des contentieux publics</x:t>
   </x:si>
@@ -7420,1455 +7420,1455 @@
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>620498</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="n">
+        <x:v>4911</x:v>
+      </x:c>
+      <x:c r="D93" s="3" t="s"/>
+      <x:c r="G93" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="I93" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K93" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="L93" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M93" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N93" s="3" t="n">
+        <x:v>15407</x:v>
+      </x:c>
+      <x:c r="O93" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="P93" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="Q93" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="R93" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="S93" s="0" t="n">
+        <x:v>462203</x:v>
+      </x:c>
+      <x:c r="T93" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="U93" s="4" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...50 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>39205</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>552683</x:v>
+        <x:v>592056</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-        <x:v>63</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>603392</x:v>
+        <x:v>607494</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>40889</x:v>
+        <x:v>39205</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>328</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>604831</x:v>
+        <x:v>552682</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>38352</x:v>
+        <x:v>39598</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>21042</x:v>
+        <x:v>13175</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>496473</x:v>
+        <x:v>556801</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>38177</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s"/>
+      <x:c r="E98" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>251</x:v>
-[...1 lines deleted...]
-      <x:c r="H98" s="14" t="s"/>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>13027</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>597451</x:v>
+        <x:v>602445</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>38177</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>597452</x:v>
+        <x:v>597451</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>41176</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>14215</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>592831</x:v>
+        <x:v>597452</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>39038</x:v>
+        <x:v>41176</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>14215</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>591985</x:v>
+        <x:v>592831</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>40339</x:v>
+        <x:v>39038</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>12205</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>592544</x:v>
+        <x:v>591985</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>592545</x:v>
+        <x:v>592544</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C104" s="15" t="s"/>
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C104" s="15" t="n">
+        <x:v>40339</x:v>
+      </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>594401</x:v>
+        <x:v>592545</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>594411</x:v>
+        <x:v>594401</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>594412</x:v>
+        <x:v>594411</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>594425</x:v>
+        <x:v>594412</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>594597</x:v>
+        <x:v>594425</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>594601</x:v>
+        <x:v>594597</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>594616</x:v>
+        <x:v>594601</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>594621</x:v>
+        <x:v>594616</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>15407</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>462203</x:v>
+        <x:v>594621</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C113" s="3" t="n">
+        <x:v>37011</x:v>
+      </x:c>
+      <x:c r="D113" s="3" t="s"/>
+      <x:c r="E113" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G113" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="C113" s="3" t="n">
-[...4 lines deleted...]
-        <x:v>116</x:v>
+      <x:c r="H113" s="0" t="s">
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>592056</x:v>
+        <x:v>588321</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>40889</x:v>
+        <x:v>39205</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>607494</x:v>
+        <x:v>552683</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>39205</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>552682</x:v>
+        <x:v>603392</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>39598</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>13175</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>556801</x:v>
+        <x:v>604831</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>40889</x:v>
+        <x:v>38352</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>21042</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>602445</x:v>
+        <x:v>496473</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>84</x:v>
@@ -8887,993 +8887,1002 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>598502</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>39480</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>620481</x:v>
+        <x:v>596689</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>35512</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>596689</x:v>
+        <x:v>592058</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>39194</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
+      <x:c r="E121" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>592058</x:v>
+        <x:v>549868</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>549868</x:v>
+        <x:v>607476</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>607476</x:v>
+        <x:v>600463</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>40889</x:v>
+        <x:v>37969</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>260</x:v>
-[...1 lines deleted...]
-      <x:c r="H124" s="14" t="s"/>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>600463</x:v>
+        <x:v>602743</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>37969</x:v>
+        <x:v>39205</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>302</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>32008</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>602743</x:v>
+        <x:v>558984</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>39205</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>558984</x:v>
+        <x:v>608897</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>40889</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
-      <x:c r="E127" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>608897</x:v>
+        <x:v>592187</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>40019</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>12505</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>592187</x:v>
+        <x:v>592288</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>40019</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>12505</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>592288</x:v>
+        <x:v>597454</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>38166</x:v>
+        <x:v>41176</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>14215</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>597454</x:v>
+        <x:v>592830</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>40443</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>592541</x:v>
+        <x:v>606172</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>40330</x:v>
+        <x:v>39480</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>32096</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>592549</x:v>
+        <x:v>620481</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C133" s="3" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C133" s="3" t="n">
+        <x:v>40889</x:v>
+      </x:c>
       <x:c r="D133" s="3" t="s"/>
+      <x:c r="E133" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>594396</x:v>
+        <x:v>607492</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C134" s="15" t="s"/>
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C134" s="15" t="n">
+        <x:v>40443</x:v>
+      </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>594403</x:v>
+        <x:v>592541</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C135" s="3" t="s"/>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C135" s="3" t="n">
+        <x:v>40330</x:v>
+      </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>594406</x:v>
+        <x:v>592549</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>385</x:v>
@@ -9884,1758 +9893,1750 @@
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>594422</x:v>
+        <x:v>594396</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>594424</x:v>
+        <x:v>594403</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>594599</x:v>
+        <x:v>594406</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>594612</x:v>
+        <x:v>594422</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>337</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>14215</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>592830</x:v>
+        <x:v>594424</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>390</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="I141" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="I141" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="Q141" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="Q141" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>606172</x:v>
+        <x:v>594599</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>392</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>592293</x:v>
+        <x:v>594612</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>397</x:v>
-[...1 lines deleted...]
-      <x:c r="C143" s="3" t="s"/>
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C143" s="3" t="n">
+        <x:v>39194</x:v>
+      </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="J143" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>576578</x:v>
+        <x:v>592057</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>40412</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>12512</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>539053</x:v>
+        <x:v>607493</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>554250</x:v>
+        <x:v>546877</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>39426</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s"/>
+      <x:c r="E146" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="H146" s="14" t="s"/>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s">
+        <x:v>398</x:v>
+      </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>592118</x:v>
+        <x:v>558679</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>39698</x:v>
+        <x:v>40412</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
+      <x:c r="E147" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>14224</x:v>
+        <x:v>12512</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>592204</x:v>
+        <x:v>539053</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>39696</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s"/>
+      <x:c r="E148" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>14256</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>592214</x:v>
+        <x:v>554250</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>38175</x:v>
+        <x:v>39426</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>597249</x:v>
+        <x:v>592118</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>38184</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>597431</x:v>
+        <x:v>592204</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>597457</x:v>
+        <x:v>592214</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>38700</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>15457</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>592006</x:v>
+        <x:v>592293</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C153" s="3" t="s"/>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C153" s="3" t="n">
+        <x:v>38175</x:v>
+      </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>594399</x:v>
+        <x:v>597249</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C154" s="15" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C154" s="15" t="n">
+        <x:v>38184</x:v>
+      </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>594402</x:v>
+        <x:v>597431</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C155" s="3" t="s"/>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C155" s="3" t="n">
+        <x:v>38166</x:v>
+      </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>594404</x:v>
+        <x:v>597457</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>413</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="Q156" s="16" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="R156" s="14" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="S156" s="14" t="n">
+        <x:v>576578</x:v>
+      </x:c>
+      <x:c r="T156" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="Q156" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C157" s="3" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C157" s="3" t="n">
+        <x:v>39480</x:v>
+      </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>594423</x:v>
+        <x:v>620480</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="C158" s="15" t="s"/>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C158" s="15" t="n">
+        <x:v>40987</x:v>
+      </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>594600</x:v>
+        <x:v>592801</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>40987</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>32096</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>592801</x:v>
+        <x:v>592802</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>40987</x:v>
+        <x:v>38700</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>32096</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>592802</x:v>
+        <x:v>592006</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>620480</x:v>
+        <x:v>594399</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>349</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>12205</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>592057</x:v>
+        <x:v>594402</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
-      <x:c r="E163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>607492</x:v>
+        <x:v>594404</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>607493</x:v>
+        <x:v>594414</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
-      <x:c r="E165" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>546877</x:v>
+        <x:v>594423</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>422</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>558679</x:v>
+        <x:v>594600</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>21042</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>549801</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
@@ -11676,85 +11677,85 @@
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>605497</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>576985</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
@@ -11865,84 +11866,84 @@
         <x:v>549107</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>599636</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -12155,85 +12156,85 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>605828</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>21042</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>605840</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
@@ -12341,129 +12342,129 @@
       <x:c r="T179" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39684</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>12514</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>592185</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>592188</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39694</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
@@ -12496,88 +12497,88 @@
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>592216</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>592294</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
@@ -12607,51 +12608,51 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>592392</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40443</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>13096</x:v>
@@ -13205,82 +13206,82 @@
       <x:c r="R195" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>594591</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>594594</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>453</x:v>
@@ -13365,136 +13366,136 @@
         <x:v>442</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>594604</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>594607</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>594610</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>448</x:v>
@@ -13663,54 +13664,54 @@
       <x:c r="I204" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>591995</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -14204,1602 +14205,1601 @@
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>581551</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>38177</x:v>
+        <x:v>38700</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>251</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>13027</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>573394</x:v>
+        <x:v>576275</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>35914</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>13016</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>575039</x:v>
+        <x:v>576334</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>35914</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>13016</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>575032</x:v>
+        <x:v>576336</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>39294</x:v>
+        <x:v>38177</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-        <x:v>82</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>577308</x:v>
+        <x:v>573394</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>38700</x:v>
+        <x:v>35914</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>15457</x:v>
+        <x:v>13016</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>576275</x:v>
+        <x:v>575039</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>576334</x:v>
+        <x:v>575534</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>38166</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>576336</x:v>
+        <x:v>575539</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>40889</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>614514</x:v>
+        <x:v>575540</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>38184</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>575030</x:v>
+        <x:v>575710</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>39194</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>575534</x:v>
+        <x:v>567002</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>575539</x:v>
+        <x:v>567005</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>38695</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>575540</x:v>
+        <x:v>575734</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>40098</x:v>
+        <x:v>39480</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>575710</x:v>
+        <x:v>599860</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>567002</x:v>
+        <x:v>567161</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>39294</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>567005</x:v>
+        <x:v>577308</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>39694</x:v>
+        <x:v>35914</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>11029</x:v>
+        <x:v>13016</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>575734</x:v>
+        <x:v>575032</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>39480</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>12523</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>599860</x:v>
+        <x:v>616994</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>485</x:v>
-[...2 lines deleted...]
-        <x:v>486</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>567161</x:v>
+        <x:v>614514</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>39193</x:v>
+        <x:v>38184</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>12523</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>575871</x:v>
+        <x:v>575030</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>39193</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>616994</x:v>
+        <x:v>575871</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>41176</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>14215</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>575801</x:v>
+        <x:v>581252</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>41383</x:v>
+        <x:v>41176</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>12512</x:v>
+        <x:v>14215</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>609441</x:v>
+        <x:v>575801</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>35914</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>13016</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>575538</x:v>
+        <x:v>575033</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>41383</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>12512</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>571063</x:v>
+        <x:v>609441</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>38166</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>581252</x:v>
+        <x:v>575538</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>580212</x:v>
+        <x:v>571063</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="U239" s="4" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>35914</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>13016</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>575033</x:v>
+        <x:v>580212</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -15882,323 +15882,323 @@
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>575031</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>35914</x:v>
+        <x:v>36761</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>13016</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>575041</x:v>
+        <x:v>576301</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>36761</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>12518</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>576301</x:v>
+        <x:v>576335</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>36761</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>576335</x:v>
+        <x:v>581232</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>36761</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>12518</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>581232</x:v>
+        <x:v>581323</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>40717</x:v>
+        <x:v>35914</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>13016</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>581323</x:v>
+        <x:v>575041</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
@@ -16297,78 +16297,78 @@
       <x:c r="T249" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38177</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>575563</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -16434,123 +16434,123 @@
       <x:c r="H252" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>575144</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>616995</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
@@ -16720,51 +16720,51 @@
       <x:c r="G257" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>32096</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>581320</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
@@ -16779,51 +16779,51 @@
       <x:c r="G258" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>575535</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
@@ -16836,128 +16836,128 @@
       <x:c r="G259" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>575536</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>567007</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>39403</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -17011,51 +17011,51 @@
       <x:c r="G262" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>580618</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
@@ -17184,51 +17184,51 @@
       <x:c r="G265" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32096</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>581319</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
@@ -17669,102 +17669,102 @@
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>599766</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>567008</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>39698</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -17818,51 +17818,51 @@
       <x:c r="G276" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>14215</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>575800</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
@@ -18163,51 +18163,51 @@
       <x:c r="G282" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>575989</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
@@ -18351,51 +18351,51 @@
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>13168</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>581080</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
@@ -18809,119 +18809,119 @@
       <x:c r="J293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>581564</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>580210</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>39038</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -18955,84 +18955,84 @@
       <x:c r="T295" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>38177</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>580383</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>40979</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -19209,51 +19209,51 @@
       <x:c r="G300" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>21042</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>583939</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">