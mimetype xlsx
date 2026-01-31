--- v0 (2026-01-31)
+++ v1 (2026-01-31)
@@ -452,183 +452,183 @@
   <x:si>
     <x:t>76600</x:t>
   </x:si>
   <x:si>
     <x:t>ENSM - site de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13285</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : industrie navale et maritime (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Travaux portuaires</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention maintenance des systèmes énergétiques</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention ingénierie des systèmes complexes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatisme informatique industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé du conservatoire national des arts et métiers spécialité génie industriel (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrale Méditerranée - campus de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention maintenance des systèmes industriels, de production et d'énergie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention électronique, énergie électrique, automatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie industriel et maintenance parcours ingénierie des systèmes pluritechniques</x:t>
   </x:si>
   <x:si>
-    <x:t>Univ. de Toulon</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>licence pro mention métiers de l'industrie : industrie aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>Construction aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>TALLARD</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
-[...29 lines deleted...]
-    <x:t>licence pro mention maintenance des systèmes industriels, de production et d'énergie</x:t>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention maintenance des systèmes industriels, de production et d'énergie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention maintenance des systèmes industriels, de production et d'énergie (Apprentissage)</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence professionnelle Domotique</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Immotique</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>ASSO GAP AERO TALLARD HAUTES ALPES</x:t>
   </x:si>
   <x:si>
     <x:t>05130</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie des systèmes complexes</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
@@ -2814,1184 +2814,1189 @@
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>566748</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>35498</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>596738</x:v>
+        <x:v>591984</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>40231</x:v>
+        <x:v>39130</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592397</x:v>
+        <x:v>558151</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>40923</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>605773</x:v>
+        <x:v>591982</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38981</x:v>
+        <x:v>40488</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>24454</x:v>
+        <x:v>24154</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>591984</x:v>
+        <x:v>592537</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>39130</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>558151</x:v>
+        <x:v>591876</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38981</x:v>
+        <x:v>40923</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="K33" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="L33" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M33" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N33" s="3" t="n">
+        <x:v>31624</x:v>
+      </x:c>
+      <x:c r="O33" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="P33" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="J33" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>591982</x:v>
+        <x:v>605773</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>40488</x:v>
+        <x:v>35498</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>24154</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592537</x:v>
+        <x:v>596738</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>35498</x:v>
+        <x:v>40231</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>510678</x:v>
+        <x:v>592397</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>39093</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>31458</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>549320</x:v>
+        <x:v>591877</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>30088</x:v>
+        <x:v>38684</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>148</x:v>
-[...2 lines deleted...]
-        <x:v>149</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J37" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="K37" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="L37" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M37" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N37" s="3" t="n">
+        <x:v>11414</x:v>
+      </x:c>
+      <x:c r="O37" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="P37" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="J37" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="L37" s="0" t="s">
+      <x:c r="R37" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="M37" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>501975</x:v>
+        <x:v>591878</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>40923</x:v>
+        <x:v>30088</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24154</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>605729</x:v>
+        <x:v>501975</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>38981</x:v>
+        <x:v>40923</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>24454</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>591983</x:v>
+        <x:v>605729</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38687</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>24354</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>591877</x:v>
+        <x:v>591983</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38684</x:v>
+        <x:v>35498</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>11414</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>591878</x:v>
+        <x:v>510678</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>39130</x:v>
+        <x:v>39093</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31458</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>558153</x:v>
+        <x:v>549320</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>40488</x:v>
+        <x:v>39130</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>24154</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>611500</x:v>
+        <x:v>558153</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>40923</x:v>
+        <x:v>40488</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24154</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>605774</x:v>
+        <x:v>611500</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>29796</x:v>
+        <x:v>40923</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>580066</x:v>
+        <x:v>605774</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>38687</x:v>
+        <x:v>29796</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="I46" s="16" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="K46" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L46" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M46" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N46" s="15" t="n">
+        <x:v>22499</x:v>
+      </x:c>
+      <x:c r="O46" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="H46" s="14" t="s"/>
-      <x:c r="I46" s="16" t="s">
+      <x:c r="P46" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="Q46" s="16" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="R46" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="J46" s="14" t="s">
-[...23 lines deleted...]
-      <x:c r="R46" s="14" t="s">
+      <x:c r="S46" s="14" t="n">
+        <x:v>580066</x:v>
+      </x:c>
+      <x:c r="T46" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="S46" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40231</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>592398</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
@@ -4034,75 +4039,75 @@
       <x:c r="T48" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>587824</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
@@ -4111,51 +4116,51 @@
       <x:c r="G50" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>581558</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
@@ -4168,51 +4173,51 @@
       <x:c r="G51" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>574948</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
@@ -4343,51 +4348,51 @@
       <x:c r="G54" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>574947</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
@@ -4400,51 +4405,51 @@
       <x:c r="G55" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>574950</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
@@ -4459,108 +4464,108 @@
       <x:c r="G56" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>575991</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>578591</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -4623,119 +4628,119 @@
         <x:v>204</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>578592</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>615681</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -4757,51 +4762,51 @@
       <x:c r="J61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>609281</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
@@ -4980,51 +4985,51 @@
       <x:c r="G65" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>574949</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">