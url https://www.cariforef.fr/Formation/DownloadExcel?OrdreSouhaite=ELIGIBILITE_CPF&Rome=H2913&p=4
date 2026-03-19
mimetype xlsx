--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -776,50 +776,53 @@
   <x:si>
     <x:t>Pratiquer le Soudage à l'Arc électrique avec Électrode Enrobée (SAEE-111) - Perfectionnement - SDA011-A</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BAC PRO Technicien en Chaudronnerie Industrielle</x:t>
+  </x:si>
+  <x:si>
     <x:t>Soudeur inox suivant la norme ISO 9606-1 + Rccm</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Souder des ensembles de tuyauterie en toutes positions avec les procédés à l'Arc Electrode Enrobée et Tungstène Inerte Gaz - Bloc de compétences du titre professionnel Soudeur en tuyauterie industrielle</x:t>
@@ -833,102 +836,99 @@
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Souder des ensembles de tuyauterie à plat avec le procédé à l'Arc Electrode Enrobée et Tungstène Inerte Gaz - Bloc de compétences du titre professionnel Soudeur en tuyauterie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>CS Certificat de Spécialisation Technicien en Soudage (Ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BAC PRO Technicien en Chaudronnerie Industrielle</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Mention Complémentaire Technicien en Soudage</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Technicien en soudage</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Soudeur assembleur industriel ( TP SAI) + Habilitation GIES 1</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>TP Soudeur en tuyauterie industrielle + Habilitation GIES 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2028 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Souder à plat des ouvrages métalliques avec les procédés de soudage semi-automatique et TIG - Bloc de compétences du titre professionnel Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur en tuyauterie industrielle naval</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel soudeur assembleur industriel + GIES 1</x:t>
   </x:si>
@@ -8531,395 +8531,395 @@
         <x:v>576742</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>451219</x:v>
+        <x:v>604331</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>451221</x:v>
+        <x:v>500959</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>605641</x:v>
+        <x:v>556768</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>604331</x:v>
+        <x:v>451219</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>500959</x:v>
+        <x:v>451221</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>556768</x:v>
+        <x:v>605641</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -9675,2474 +9675,2474 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>623689</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C144" s="15" t="s"/>
+      <x:c r="C144" s="15" t="n">
+        <x:v>38337</x:v>
+      </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E144" s="14" t="s"/>
+      <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="J144" s="14" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J144" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>583907</x:v>
+        <x:v>581434</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>126</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F145" s="0" t="s">
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>547814</x:v>
+        <x:v>583907</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>550206</x:v>
+        <x:v>547814</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>604198</x:v>
+        <x:v>550206</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>605741</x:v>
+        <x:v>604198</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>606571</x:v>
+        <x:v>605741</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="H150" s="14" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>515762</x:v>
+        <x:v>606571</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C151" s="3" t="n">
+        <x:v>38337</x:v>
+      </x:c>
+      <x:c r="D151" s="3" t="s"/>
+      <x:c r="E151" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G151" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="I151" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="J151" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="K151" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="L151" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M151" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N151" s="3" t="n">
+        <x:v>22387</x:v>
+      </x:c>
+      <x:c r="O151" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="P151" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="Q151" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="R151" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="S151" s="0" t="n">
+        <x:v>515762</x:v>
+      </x:c>
+      <x:c r="T151" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U151" s="4" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...47 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>579299</x:v>
+        <x:v>607396</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>579161</x:v>
+        <x:v>579299</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>618221</x:v>
+        <x:v>579161</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>604506</x:v>
+        <x:v>618221</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>604510</x:v>
+        <x:v>604506</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>598100</x:v>
+        <x:v>604510</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="H158" s="14" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>598117</x:v>
+        <x:v>598100</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>34</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>604445</x:v>
+        <x:v>598117</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>610106</x:v>
+        <x:v>604445</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>610107</x:v>
+        <x:v>610106</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>620183</x:v>
+        <x:v>610107</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>38311</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>544513</x:v>
+        <x:v>620183</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>575521</x:v>
+        <x:v>544513</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>38311</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>556581</x:v>
+        <x:v>575521</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>598066</x:v>
+        <x:v>556581</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>610937</x:v>
+        <x:v>598066</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>571556</x:v>
+        <x:v>610937</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>618045</x:v>
+        <x:v>571556</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>618046</x:v>
+        <x:v>618045</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>554809</x:v>
+        <x:v>618046</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>609940</x:v>
+        <x:v>607365</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>34</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>609941</x:v>
+        <x:v>582023</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>607365</x:v>
+        <x:v>589765</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>582023</x:v>
+        <x:v>589767</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>589765</x:v>
+        <x:v>573826</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>589767</x:v>
+        <x:v>618228</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="U177" s="4" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="H178" s="14" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>573826</x:v>
+        <x:v>604508</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>618228</x:v>
+        <x:v>604512</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>604508</x:v>
+        <x:v>554810</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>604512</x:v>
+        <x:v>554809</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>554810</x:v>
+        <x:v>609940</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>618054</x:v>
+        <x:v>609941</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>598064</x:v>
+        <x:v>618054</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>598067</x:v>
+        <x:v>598064</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
@@ -12151,171 +12151,173 @@
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>598070</x:v>
+        <x:v>598067</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>598104</x:v>
+        <x:v>598070</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="H188" s="14" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H188" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>581434</x:v>
+        <x:v>598104</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -12336,51 +12338,51 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>598093</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12395,51 +12397,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>604447</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
@@ -12500,54 +12502,54 @@
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>610108</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -12616,54 +12618,54 @@
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>589738</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -12684,51 +12686,51 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>618217</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12743,51 +12745,51 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>618220</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>22387</x:v>
@@ -12797,51 +12799,51 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>588513</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12856,156 +12858,156 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>618047</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>618053</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>613803</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -13029,51 +13031,51 @@
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>586066</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
@@ -13086,97 +13088,97 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>623306</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>623309</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G204" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -13203,51 +13205,51 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>579934</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>22387</x:v>
@@ -13257,51 +13259,51 @@
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>623305</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13316,51 +13318,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>623311</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
@@ -13421,108 +13423,108 @@
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>613802</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>613829</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
@@ -13594,54 +13596,54 @@
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>589739</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -13653,62 +13655,62 @@
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>589764</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
@@ -13721,51 +13723,51 @@
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>618230</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
@@ -13778,51 +13780,51 @@
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>623308</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
@@ -14126,51 +14128,51 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>598069</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
@@ -14231,51 +14233,51 @@
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>604488</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -14299,51 +14301,51 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>575522</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14527,62 +14529,62 @@
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>618043</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14770,51 +14772,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>598095</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14829,51 +14831,51 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>604443</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
@@ -14886,51 +14888,51 @@
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>604450</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15002,51 +15004,51 @@
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>586065</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
@@ -15229,100 +15231,100 @@
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>617267</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>514444</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -15343,51 +15345,51 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>610023</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15402,51 +15404,51 @@
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>585525</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
@@ -15459,51 +15461,51 @@
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>615868</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
@@ -15516,51 +15518,51 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>543716</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>22387</x:v>
@@ -15570,51 +15572,51 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>623304</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
@@ -15789,113 +15791,113 @@
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>613828</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>589741</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -15905,62 +15907,62 @@
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>618218</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16032,51 +16034,51 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>598097</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16247,74 +16249,74 @@
       <x:c r="H257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>612878</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16329,51 +16331,51 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>623313</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>22387</x:v>
@@ -16442,51 +16444,51 @@
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>609939</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
@@ -16499,51 +16501,51 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>615558</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16615,110 +16617,110 @@
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>618219</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>618229</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
@@ -16731,51 +16733,51 @@
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>604507</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17184,51 +17186,51 @@
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>604424</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">