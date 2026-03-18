--- v0 (2026-03-17)
+++ v1 (2026-03-18)
@@ -359,71 +359,71 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation mécanique M0, M1 et ME (Manœuvre, Vérification et/ou Mesurage) : Opération d'ordre mécanique sur site EDF (RPP) - NUS080</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Certification Nucléaire PR1-RNE Recyclage - Option Réacteur Nucléaire Embarqué (RNE) - Prévention des risques - Niveau 1 - NUR043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Certification Nucléaire PR1-CR Recyclage - Option Centre de Recherche (CR) - Prévention des Risques - Niveau 1 - NUR023</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certification Nucléaire PR1-RNE Recyclage - Option Réacteur Nucléaire Embarqué (RNE) - Prévention des risques - Niveau 1 - NUR043</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Expert en sûreté nucléaire (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Radioactivité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P et M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
@@ -515,201 +515,201 @@
   <x:si>
     <x:t>05105</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
+    <x:t>Mastère européen management environnemental et énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Audit énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P de Girard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Vauvenargues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Camus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Janetti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité métiers de la transition et de l'efficacité énergétiques parcours exploitation des installations énergétiques pour le bâtiment et l'industrie</x:t>
   </x:si>
   <x:si>
     <x:t>Contrat performance énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation technicien des services à l'énergie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Vauban</x:t>
   </x:si>
   <x:si>
-    <x:t>Mastère européen management environnemental et énergétique</x:t>
-[...65 lines deleted...]
-    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+    <x:t>Certification Nucléaire PR1-CR Initial - Option Centre de Recherche (CR) - Prévention des Risques - Niveau 1 - NUR021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Louis - Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13180</x:t>
   </x:si>
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Saint-Éloi</x:t>
   </x:si>
   <x:si>
     <x:t>13626</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Eloi</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
@@ -2182,156 +2182,156 @@
       <x:c r="K17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>610686</x:v>
+        <x:v>619849</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>610690</x:v>
+        <x:v>610686</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>619849</x:v>
+        <x:v>610690</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38458</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -2728,51 +2728,51 @@
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>594427</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
@@ -2883,51 +2883,51 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>619851</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
@@ -3143,904 +3143,902 @@
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>594425</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C36" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>78</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>22213</x:v>
+        <x:v>24111</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="P36" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="P36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>596772</x:v>
+        <x:v>523289</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>151</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>153</x:v>
-[...2 lines deleted...]
-        <x:v>154</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>155</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L37" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M37" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N37" s="3" t="n">
+        <x:v>24130</x:v>
+      </x:c>
+      <x:c r="O37" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="P37" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="R37" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="S37" s="0" t="n">
+        <x:v>610687</x:v>
+      </x:c>
+      <x:c r="T37" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="L37" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>162</x:v>
-[...1 lines deleted...]
-      <x:c r="J38" s="14" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J38" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>24111</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>523289</x:v>
+        <x:v>594396</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="J39" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>24130</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>610687</x:v>
+        <x:v>594403</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>594396</x:v>
+        <x:v>594406</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>594403</x:v>
+        <x:v>594422</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>594406</x:v>
+        <x:v>594424</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C43" s="3" t="s"/>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="n">
+        <x:v>35489</x:v>
+      </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>22213</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>594422</x:v>
+        <x:v>596772</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C44" s="15" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C44" s="15" t="n">
+        <x:v>36334</x:v>
+      </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s"/>
+      <x:c r="E44" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>179</x:v>
-[...1 lines deleted...]
-      <x:c r="H44" s="14" t="s"/>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>177</x:v>
+      </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>594424</x:v>
+        <x:v>612935</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24130</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>594399</x:v>
+        <x:v>619845</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>184</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24130</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="S46" s="14" t="n">
+        <x:v>619850</x:v>
+      </x:c>
+      <x:c r="T46" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="S46" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>594404</x:v>
+        <x:v>594399</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="Q48" s="16" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="R48" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q48" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>594414</x:v>
+        <x:v>594402</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>594423</x:v>
+        <x:v>594404</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="J50" s="14" t="s"/>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>24130</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>619845</x:v>
+        <x:v>594414</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>24130</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>619850</x:v>
+        <x:v>594423</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
@@ -4434,147 +4432,147 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>597122</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35489</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>575554</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36334</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>614784</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35372</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
@@ -4646,51 +4644,51 @@
       <x:c r="J63" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24112</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>572154</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>