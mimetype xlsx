--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -464,117 +464,117 @@
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Saint-Éloi</x:t>
   </x:si>
   <x:si>
     <x:t>13626</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation mécanique M2, M2 essai, MR, MC : opérations d'ordre mécanique sur site EDF (RPP) - NUS781</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bao Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Adam de Craponne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON DE PROVENCE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>bac pro production en industries pharmaceutiques, alimentaires et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
-  </x:si>
-[...49 lines deleted...]
-    <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
@@ -2993,367 +2993,366 @@
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>610692</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>131</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="I33" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="I33" s="4" t="s">
+      <x:c r="L33" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M33" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="J33" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>24146</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="P33" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="S33" s="0" t="n">
+        <x:v>615436</x:v>
+      </x:c>
+      <x:c r="T33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="P33" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="R33" s="0" t="s">
+      <x:c r="U33" s="4" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>85</x:v>
-[...1 lines deleted...]
-      <x:c r="J34" s="14" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K34" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L34" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M34" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N34" s="15" t="n">
+        <x:v>12522</x:v>
+      </x:c>
+      <x:c r="O34" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P34" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="L34" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>615436</x:v>
+        <x:v>594393</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>594393</x:v>
+        <x:v>594404</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>594404</x:v>
+        <x:v>594408</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>594408</x:v>
+        <x:v>594420</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C38" s="15" t="s"/>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C38" s="15" t="n">
+        <x:v>37699</x:v>
+      </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="R38" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>594420</x:v>
+        <x:v>597122</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
@@ -4586,54 +4585,54 @@
       <x:c r="I62" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>575545</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35489</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -4643,54 +4642,54 @@
       <x:c r="I63" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>575554</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>