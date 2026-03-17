--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -971,195 +971,195 @@
   <x:si>
     <x:t>Lycée J Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CIEL - Cybersécurité, informatique et réseaux, électronique - Option A informatique et réseaux (CIEL IR)</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOLONET</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/05/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miramas Formation - Cfa Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Poutrain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention chimie physique et analytique</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie physique</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>02/24/2026 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/05/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Apollinaire</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention traitement du signal et des images parcours traitement du signal et des images</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Electrotechnique ( à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Electrotechnique</x:t>
   </x:si>
   <x:si>
+    <x:t>09/06/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biomédical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien systèmes réseaux et sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS cybersécurité, informatique et réseaux, électronique option A informatique et réseaux (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours ingénierie mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Inatec</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours électronique, électrotechnique et automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
@@ -9446,1725 +9446,1723 @@
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>489482</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>35341</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>507188</x:v>
+        <x:v>611967</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
+      <x:c r="E135" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>594146</x:v>
+        <x:v>612883</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="H136" s="14" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>594152</x:v>
+        <x:v>550259</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>38980</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
+      <x:c r="E137" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>31654</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>592030</x:v>
+        <x:v>602810</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>185</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>35341</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s"/>
+      <x:c r="E138" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>554787</x:v>
+        <x:v>605515</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
+      <x:c r="E139" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>596893</x:v>
+        <x:v>605695</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>185</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>35341</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s"/>
+      <x:c r="E140" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>571299</x:v>
+        <x:v>500994</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>35341</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
+      <x:c r="E141" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>613005</x:v>
+        <x:v>501068</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>38709</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s"/>
+      <x:c r="E142" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>303</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>11507</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>591856</x:v>
+        <x:v>609463</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>35341</x:v>
+        <x:v>36462</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
+      <x:c r="E143" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>515282</x:v>
+        <x:v>509830</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38980</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s"/>
+      <x:c r="E144" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>592032</x:v>
+        <x:v>604926</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
+      <x:c r="E145" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>596904</x:v>
+        <x:v>507188</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>596906</x:v>
+        <x:v>594146</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>596919</x:v>
+        <x:v>594152</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>185</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="C148" s="15" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C148" s="15" t="n">
+        <x:v>38980</x:v>
+      </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E148" s="14" t="s"/>
+      <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="J148" s="14" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J148" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>612883</x:v>
+        <x:v>592030</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>35341</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
-      <x:c r="E149" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>550259</x:v>
+        <x:v>554787</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
-      <x:c r="E150" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>602810</x:v>
+        <x:v>596893</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>35341</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
-      <x:c r="E151" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>605515</x:v>
+        <x:v>571299</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>35341</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>605695</x:v>
+        <x:v>613005</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38709</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
-      <x:c r="E153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-        <x:v>119</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11507</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>500994</x:v>
+        <x:v>591856</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>35341</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>501068</x:v>
+        <x:v>515282</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
-      <x:c r="E155" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-        <x:v>100</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>609463</x:v>
+        <x:v>592032</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>36462</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>509830</x:v>
+        <x:v>596904</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
-      <x:c r="E157" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>604926</x:v>
+        <x:v>596906</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>185</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="C158" s="15" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C158" s="15" t="n">
+        <x:v>37391</x:v>
+      </x:c>
       <x:c r="D158" s="15" t="s"/>
-      <x:c r="E158" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E158" s="14" t="s"/>
+      <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="J158" s="14" t="s"/>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="J158" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>614730</x:v>
+        <x:v>596919</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F159" s="0" t="s">
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>617499</x:v>
+        <x:v>614730</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>605694</x:v>
+        <x:v>617499</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>498691</x:v>
+        <x:v>605694</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>509343</x:v>
+        <x:v>498691</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -11180,464 +11178,469 @@
       <x:c r="K163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>556772</x:v>
+        <x:v>509343</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>547697</x:v>
+        <x:v>556772</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>611312</x:v>
+        <x:v>547697</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>502524</x:v>
+        <x:v>611312</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>35498</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>510678</x:v>
+        <x:v>502524</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>35498</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s"/>
+      <x:c r="E168" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>202</x:v>
-[...1 lines deleted...]
-      <x:c r="H168" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>594154</x:v>
+        <x:v>510678</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>39003</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>24356</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>591932</x:v>
+        <x:v>594154</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>185</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>35341</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>611967</x:v>
+        <x:v>591932</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -12168,1054 +12171,1057 @@
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>585530</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>537199</x:v>
+        <x:v>514432</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>330</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>575008</x:v>
+        <x:v>550631</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>599403</x:v>
+        <x:v>489415</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>514432</x:v>
+        <x:v>544708</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>611947</x:v>
+        <x:v>587892</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>37926</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>330</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>575048</x:v>
+        <x:v>587896</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>551763</x:v>
+        <x:v>497023</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>550631</x:v>
+        <x:v>611947</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>37926</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H189" s="0" t="s">
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>489415</x:v>
+        <x:v>575048</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>544708</x:v>
+        <x:v>551763</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>587892</x:v>
+        <x:v>582019</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36462</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>587896</x:v>
+        <x:v>559248</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>497023</x:v>
+        <x:v>598895</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>582019</x:v>
+        <x:v>588515</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>36462</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>559248</x:v>
+        <x:v>612999</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>185</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>598895</x:v>
+        <x:v>537199</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>588515</x:v>
+        <x:v>575008</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>612999</x:v>
+        <x:v>599403</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -14031,51 +14037,51 @@
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>612070</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
@@ -14152,85 +14158,85 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>598223</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>578852</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
@@ -14661,54 +14667,54 @@
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>509242</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24231</x:v>
@@ -14829,85 +14835,85 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>587895</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>613763</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">