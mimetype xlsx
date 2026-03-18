--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -386,120 +386,120 @@
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTM Toiletteur canin et félin (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat en toilettage canin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecodog - Myriam Hardouin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artisan , Commerçant , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CTM Toiletteur canin, félin et NAC (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>06/01/2026 00:00:00</x:t>
+    <x:t>Toiletteur canin (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFBT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Soins énergétiques des animaux</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Toiletteur canin (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>05/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>02/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Toiletteur canin</x:t>
   </x:si>
   <x:si>
     <x:t>Association Départementale d'Etudes et de Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADEF</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Toiletteur canin, félin et NAC (CTM)</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
@@ -2084,825 +2084,825 @@
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>553227</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
-      <x:c r="E21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>72</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42003</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="S21" s="0" t="n">
+        <x:v>587691</x:v>
+      </x:c>
+      <x:c r="T21" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="S21" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T21" s="4" t="s">
+      <x:c r="U21" s="4" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>51</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>553228</x:v>
+        <x:v>577407</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>587691</x:v>
+        <x:v>572607</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="C24" s="15" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="n">
+        <x:v>37507</x:v>
+      </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s"/>
+      <x:c r="E24" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="J24" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>623426</x:v>
+        <x:v>510423</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>63</x:v>
-[...1 lines deleted...]
-      <x:c r="C25" s="3" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>39113</x:v>
+      </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>590177</x:v>
+        <x:v>553228</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>63</x:v>
-[...1 lines deleted...]
-      <x:c r="C26" s="15" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="n">
+        <x:v>39113</x:v>
+      </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s"/>
+      <x:c r="E26" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>64</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="J26" s="14" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J26" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>590195</x:v>
+        <x:v>502196</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39113</x:v>
+        <x:v>38902</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>502196</x:v>
+        <x:v>542041</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>115</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>118</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>42003</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>542041</x:v>
+        <x:v>623426</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>115</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>116</x:v>
-[...2 lines deleted...]
-        <x:v>117</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>547121</x:v>
+        <x:v>590177</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42003</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>510424</x:v>
+        <x:v>590195</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>39113</x:v>
+        <x:v>38902</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>553307</x:v>
+        <x:v>547121</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>122</x:v>
-[...1 lines deleted...]
-      <x:c r="C32" s="15" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="n">
+        <x:v>37507</x:v>
+      </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="J32" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>42003</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>577407</x:v>
+        <x:v>510424</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="C33" s="3" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>39113</x:v>
+      </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>572607</x:v>
+        <x:v>553307</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38902</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>591265</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39113</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>