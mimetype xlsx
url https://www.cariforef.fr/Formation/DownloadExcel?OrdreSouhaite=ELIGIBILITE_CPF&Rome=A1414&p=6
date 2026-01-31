--- v0 (2026-01-30)
+++ v1 (2026-01-31)
@@ -584,93 +584,93 @@
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation canin-félin (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Beauchamp</x:t>
   </x:si>
   <x:si>
     <x:t>13630</x:t>
   </x:si>
   <x:si>
     <x:t>EYRAGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien entrepreneur en agriculture (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>84600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RICHERENCHES</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Richerenches</x:t>
   </x:si>
   <x:si>
-    <x:t>84600</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LPA La Ricarde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation conduite de la production de plantes à parfum, aromatiques et médicinales</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>FORCALQUIER</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation conduite de la production de plantes à parfum, aromatiques et médicinales mention cueillette de plantes sauvages</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
@@ -5072,1818 +5072,1816 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>595398</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>36773</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>596449</x:v>
+        <x:v>595402</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>36773</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>596452</x:v>
+        <x:v>596449</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C69" s="3" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="n">
+        <x:v>36773</x:v>
+      </x:c>
       <x:c r="D69" s="3" t="s"/>
-      <x:c r="E69" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-        <x:v>114</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>583524</x:v>
+        <x:v>596452</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>145</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
-        <x:v>46</x:v>
-[...1 lines deleted...]
-      <x:c r="F70" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F70" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G70" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>49</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>548850</x:v>
+        <x:v>583524</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>34744</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>21028</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>549859</x:v>
+        <x:v>548850</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>34744</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21028</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>549890</x:v>
+        <x:v>549859</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>605886</x:v>
+        <x:v>549890</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>518818</x:v>
+        <x:v>605886</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>609362</x:v>
+        <x:v>518818</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>609363</x:v>
+        <x:v>506227</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>496533</x:v>
+        <x:v>609362</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>496541</x:v>
+        <x:v>609363</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>41076</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>21030</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>600201</x:v>
+        <x:v>496533</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38881</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>21027</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>497183</x:v>
+        <x:v>496541</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>41076</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21030</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>497207</x:v>
+        <x:v>600201</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>595402</x:v>
+        <x:v>497183</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>38881</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>21027</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>596651</x:v>
+        <x:v>497207</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>38881</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>21027</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>596653</x:v>
+        <x:v>595403</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
-      <x:c r="E85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-        <x:v>75</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>497667</x:v>
+        <x:v>595406</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>41076</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>161</x:v>
-[...1 lines deleted...]
-      <x:c r="H86" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21030</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>554258</x:v>
+        <x:v>555727</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>549812</x:v>
+        <x:v>596651</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>549888</x:v>
+        <x:v>596653</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>36773</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>599637</x:v>
+        <x:v>497667</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>605885</x:v>
+        <x:v>554258</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>37612</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>607246</x:v>
+        <x:v>549812</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>161</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>506227</x:v>
+        <x:v>549888</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>38881</x:v>
+        <x:v>36773</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>21027</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>512502</x:v>
+        <x:v>599637</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>41076</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>21030</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>555727</x:v>
+        <x:v>605885</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>37612</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
+      <x:c r="E95" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>595403</x:v>
+        <x:v>607246</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s"/>
+      <x:c r="E96" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>183</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>595406</x:v>
+        <x:v>512502</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>41072</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>