--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -635,87 +635,87 @@
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel conducteur du transport routier de marchandises sur porteur (POEC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Le Broc - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>06510</x:t>
   </x:si>
   <x:si>
     <x:t>LE BROC</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
@@ -2127,224 +2127,224 @@
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>581124</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>25</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>601306</x:v>
+        <x:v>610307</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>39795</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>581130</x:v>
+        <x:v>601306</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>39796</x:v>
+        <x:v>39795</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s"/>
+      <x:c r="E16" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="H16" s="14" t="s"/>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>610307</x:v>
+        <x:v>581130</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -5969,617 +5969,620 @@
       <x:c r="R78" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>612340</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>142</x:v>
-[...2 lines deleted...]
-        <x:v>143</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>601218</x:v>
+        <x:v>612474</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>142</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>601224</x:v>
+        <x:v>612480</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>607369</x:v>
+        <x:v>601220</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>612474</x:v>
+        <x:v>601227</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>39796</x:v>
+        <x:v>38559</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F83" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>612480</x:v>
+        <x:v>603518</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>39796</x:v>
+        <x:v>41633</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s"/>
+      <x:c r="E84" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>601220</x:v>
+        <x:v>620177</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>39796</x:v>
+        <x:v>39795</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F85" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>601227</x:v>
+        <x:v>612356</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>39795</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E86" s="14" t="s"/>
+      <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>612356</x:v>
+        <x:v>601218</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38559</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F87" s="0" t="s">
+      <x:c r="G87" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="I87" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="J87" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K87" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L87" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="M87" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N87" s="3" t="n">
+        <x:v>31816</x:v>
+      </x:c>
+      <x:c r="O87" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="P87" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="Q87" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="R87" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="S87" s="0" t="n">
+        <x:v>601224</x:v>
+      </x:c>
+      <x:c r="T87" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="G87" s="0" t="s">
-[...37 lines deleted...]
-      </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>122</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>41633</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>620177</x:v>
+        <x:v>607369</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39186</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -6662,61 +6665,61 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>602680</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38559</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -8031,165 +8034,164 @@
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>611975</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s"/>
+      <x:c r="E114" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>601919</x:v>
+        <x:v>601302</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>601302</x:v>
+        <x:v>601919</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>