--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -362,77 +362,77 @@
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Val de Durance - Henri Silvy</x:t>
   </x:si>
   <x:si>
     <x:t>84123</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Val de Durance</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée de Vaison-la-Romaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAISON LA ROMAINE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Charles de Gaulle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APT CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée L Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>84011</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée de Vaison-la-Romaine</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Victor Hugo</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Charles de Gaulle</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire physique-chimie et sciences de l'ingénieur (PCSI) 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de compétences pour initier en équitation éthologique (CCIEE)</x:t>
   </x:si>
   <x:si>
     <x:t>Les Cavaliers de la Louvière</x:t>
   </x:si>
   <x:si>
     <x:t>CDL</x:t>
   </x:si>
   <x:si>
     <x:t>84410</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
@@ -608,89 +608,89 @@
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur biologie et e-santé</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée du Coudon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doctorat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recherche développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cours Mirabeau</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
-    <x:t>Doctorat</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option sciences industrielles de l'ingénieur</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Raynouard</x:t>
   </x:si>
   <x:si>
     <x:t>83175</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste-Marie</x:t>
@@ -1568,374 +1568,374 @@
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré international de l'École supérieure Angevine d'informatique et de productique</x:t>
   </x:si>
   <x:si>
     <x:t>ESAIP - site d'Angers</x:t>
   </x:si>
   <x:si>
     <x:t>49124</x:t>
   </x:si>
   <x:si>
     <x:t>ESAIP- site d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée de l'Empéri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention humanités médicales parcours addictologie de la cellule au comportement humain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention humanités médicales parcours Homme et vieillissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours encadrement des organisations de santé et management de la qualité et de la sécurité des soins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours bio-ingénierie des tissus et des implants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les reptiles méditerranéens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-CHAMAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours Computational and mathematical biology</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours nano-ingénierie et dispositifs quantiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Integrated and cognitive neuroscience</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée de l'Empéri</x:t>
-[...2 lines deleted...]
-    <x:t>13657</x:t>
+    <x:t>Lycée St-Louis - Ste-Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIGNAC-LA-NERTHE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Joseph les Maristes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention bio-géosciences parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention nanosciences et nanotechnologies parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée général Ibn Khaldoun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biodiversité, écologie et évolution parcours solutions fondées sur la nature</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention physique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie biologique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques, physique, ingénierie et informatique (MP2I), 1re année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours  qualité et sécurité en agroalimentaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire technologie et biologie (TB), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
-[...5 lines deleted...]
-    <x:t>VITROLLES CEDEX</x:t>
+    <x:t>Lycée polyvalent de la Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée cité internationale Jacques Chirac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J. Chirac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Sévigné</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-J de Garguier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Charles</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré ECAM LaSalle</x:t>
   </x:si>
   <x:si>
     <x:t>ECAM LaSalle - site de Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69321</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat Universitaitre Acteur de la transition environnementale</x:t>
   </x:si>
   <x:si>
     <x:t>Écologie</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention humanités médicales parcours addictologie de la cellule au comportement humain</x:t>
-[...86 lines deleted...]
-    <x:t>MARSEILLE- 2e</x:t>
+    <x:t>Master mention santé publique parcours santé publique société et développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention génie mécanique parcours conception de structures composites</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de la mer parcours océanographie physique et biogéochimique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention immunologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biologie-santé parcours biomarqueurs et intelligence artificielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biologie structurale, génomique parcours génomique et analyse des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biologie structurale, génomique parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Éloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Sévigné</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>Lycée Périer</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention sciences de la mer parcours océanographie physique et biogéochimique</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>master mention santé publique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention humanités médicales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours maladies infectieuses et microbiote</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé parcours formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ami</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international G Duby</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>lycée Nelson Mandela</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste-Trinité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Belsunce</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>DESIU Médecine morphologique et anti-âge</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée A Daudet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARASCON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée H Daumier</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée A Daudet</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre (BCPST), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Géophysique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours biodiversité : fonctions et conservation</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>master mention biologie structurale, génomique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Euro-mediterranean Master in Neuroscience (EMN-Online)</x:t>
   </x:si>
   <x:si>
     <x:t>master mention épistémologie, histoire des sciences et des techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>master mention biologie intégrative et physiologie</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée J Ferry</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences du vivant</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Bio-informatique</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Matisse</x:t>
   </x:si>
   <x:si>
     <x:t>06140</x:t>
@@ -1958,89 +1958,89 @@
   <x:si>
     <x:t>Lycée Ste- Marie de Chavagnes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Sainte-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international de Valbonne</x:t>
   </x:si>
   <x:si>
     <x:t>06902</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP*), 2e année option informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Sasserno</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
     <x:t>06008</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Sasserno</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée A Renoir</x:t>
   </x:si>
   <x:si>
     <x:t>06802</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P et M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
-    <x:t>06103</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Diplôme d'université sciences et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Physique mise à niveau</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
@@ -2213,120 +2213,120 @@
   <x:si>
     <x:t>05105</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>05010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée D Villars</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Romane</x:t>
   </x:si>
   <x:si>
     <x:t>05202</x:t>
   </x:si>
   <x:si>
     <x:t>Embrun</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent A. Honnorat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent  A Honnorat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARCELONNETTE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée A David Néel</x:t>
   </x:si>
   <x:si>
     <x:t>04004</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent A. Honnorat</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent P Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04203</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
+    <x:t>École internationale de Manosque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent du Sacré-Coeur</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Esclangon</x:t>
   </x:si>
   <x:si>
     <x:t>04103</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>04102</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -3938,290 +3938,290 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>593826</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>591957</x:v>
+        <x:v>593751</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>593751</x:v>
+        <x:v>593811</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>593788</x:v>
+        <x:v>593812</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>593811</x:v>
+        <x:v>593788</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>593812</x:v>
+        <x:v>591957</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>46</x:v>
@@ -4559,78 +4559,78 @@
         <x:v>130</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>593776</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>591938</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -5285,451 +5285,449 @@
         <x:v>169</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>593767</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>593824</x:v>
+        <x:v>593808</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>593783</x:v>
+        <x:v>591955</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>182</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="J51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>32062</x:v>
+        <x:v>11592</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>610981</x:v>
+        <x:v>612320</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>593808</x:v>
+        <x:v>592954</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>148</x:v>
-[...2 lines deleted...]
-        <x:v>149</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>11592</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>612320</x:v>
+        <x:v>593824</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>44</x:v>
-[...1 lines deleted...]
-      <x:c r="C54" s="15" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="n">
+        <x:v>40525</x:v>
+      </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s"/>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>156</x:v>
-[...1 lines deleted...]
-      <x:c r="J54" s="14" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>32062</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>592954</x:v>
+        <x:v>610981</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>593823</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>591955</x:v>
+        <x:v>593783</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
@@ -6064,80 +6062,80 @@
       <x:c r="R63" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>581622</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>591946</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>169</x:v>
@@ -9146,51 +9144,51 @@
         <x:v>283</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>591964</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -13385,51 +13383,51 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>592071</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -15180,3544 +15178,3542 @@
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>594081</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>499</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>12003</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>576144</x:v>
+        <x:v>592960</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>500</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>574984</x:v>
+        <x:v>592961</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>501</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>574987</x:v>
+        <x:v>592969</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>323</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>574990</x:v>
+        <x:v>591916</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>311</x:v>
-[...1 lines deleted...]
-      <x:c r="H240" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>245</x:v>
-[...1 lines deleted...]
-      <x:c r="J240" s="14" t="s"/>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J240" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>592960</x:v>
+        <x:v>576204</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J241" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>592961</x:v>
+        <x:v>576218</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>214</x:v>
-[...1 lines deleted...]
-      <x:c r="C242" s="15" t="s"/>
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C242" s="15" t="n">
+        <x:v>39311</x:v>
+      </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>303</x:v>
-[...1 lines deleted...]
-      <x:c r="H242" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>304</x:v>
-[...1 lines deleted...]
-      <x:c r="J242" s="14" t="s"/>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J242" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>592969</x:v>
+        <x:v>576233</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>418</x:v>
-[...1 lines deleted...]
-      <x:c r="C243" s="3" t="s"/>
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="C243" s="3" t="n">
+        <x:v>38699</x:v>
+      </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J243" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>12067</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>591916</x:v>
+        <x:v>576274</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="C244" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>450</x:v>
-[...1 lines deleted...]
-      <x:c r="H244" s="14" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>451</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>15454</x:v>
+        <x:v>12032</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>591870</x:v>
+        <x:v>613245</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>591947</x:v>
+        <x:v>592891</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>592891</x:v>
+        <x:v>592900</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>592900</x:v>
+        <x:v>592906</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>592906</x:v>
+        <x:v>593869</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C249" s="3" t="s"/>
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="C249" s="3" t="n">
+        <x:v>38965</x:v>
+      </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H249" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J249" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>593869</x:v>
+        <x:v>576144</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>509</x:v>
-[...1 lines deleted...]
-      <x:c r="C250" s="15" t="s"/>
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="C250" s="15" t="n">
+        <x:v>38691</x:v>
+      </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>510</x:v>
-[...1 lines deleted...]
-      <x:c r="H250" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I250" s="16" t="s">
-        <x:v>511</x:v>
-[...1 lines deleted...]
-      <x:c r="J250" s="14" t="s"/>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J250" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>615984</x:v>
+        <x:v>574984</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>512</x:v>
-[...1 lines deleted...]
-      <x:c r="C251" s="3" t="s"/>
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="C251" s="3" t="n">
+        <x:v>38972</x:v>
+      </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
+      <x:c r="J251" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>12556</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>609846</x:v>
+        <x:v>574987</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>516</x:v>
-[...1 lines deleted...]
-      <x:c r="C252" s="15" t="s"/>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C252" s="15" t="n">
+        <x:v>38994</x:v>
+      </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>576204</x:v>
+        <x:v>574990</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>576218</x:v>
+        <x:v>593786</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>518</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>576233</x:v>
+        <x:v>593763</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>519</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>576274</x:v>
+        <x:v>593836</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>520</x:v>
-[...1 lines deleted...]
-      <x:c r="C256" s="15" t="s"/>
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="C256" s="15" t="n">
+        <x:v>38963</x:v>
+      </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="J256" s="14" t="s"/>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J256" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>12032</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>613245</x:v>
+        <x:v>581556</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="C257" s="3" t="s"/>
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C257" s="3" t="n">
+        <x:v>39508</x:v>
+      </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J257" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>594203</x:v>
+        <x:v>581561</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="C258" s="15" t="s"/>
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="C258" s="15" t="n">
+        <x:v>38691</x:v>
+      </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>524</x:v>
-[...1 lines deleted...]
-      <x:c r="H258" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I258" s="16" t="s">
-        <x:v>394</x:v>
-[...1 lines deleted...]
-      <x:c r="J258" s="14" t="s"/>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J258" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>591958</x:v>
+        <x:v>581569</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>255</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>257</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>12051</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>592000</x:v>
+        <x:v>593903</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>592947</x:v>
+        <x:v>593908</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C261" s="3" t="s"/>
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="C261" s="3" t="n">
+        <x:v>39185</x:v>
+      </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J261" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>593763</x:v>
+        <x:v>577548</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C262" s="15" t="s"/>
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C262" s="15" t="n">
+        <x:v>40720</x:v>
+      </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>530</x:v>
-[...1 lines deleted...]
-      <x:c r="J262" s="14" t="s"/>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="J262" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>593903</x:v>
+        <x:v>595491</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C263" s="3" t="s"/>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C263" s="3" t="n">
+        <x:v>38563</x:v>
+      </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="J263" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>593908</x:v>
+        <x:v>595494</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>39185</x:v>
+        <x:v>38563</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>577548</x:v>
+        <x:v>595495</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>40720</x:v>
+        <x:v>37933</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>595491</x:v>
+        <x:v>595624</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>170</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>257</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>12061</x:v>
+        <x:v>11050</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>595494</x:v>
+        <x:v>596026</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>38563</x:v>
+        <x:v>39195</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>595495</x:v>
+        <x:v>574997</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>12067</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>591917</x:v>
+        <x:v>592582</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>534</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>257</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>595624</x:v>
+        <x:v>592947</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>535</x:v>
-[...1 lines deleted...]
-      <x:c r="C270" s="15" t="s"/>
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="C270" s="15" t="n">
+        <x:v>38699</x:v>
+      </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>304</x:v>
-[...1 lines deleted...]
-      <x:c r="J270" s="14" t="s"/>
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="J270" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>11050</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>596026</x:v>
+        <x:v>591870</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>536</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>574997</x:v>
+        <x:v>591947</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>592582</x:v>
+        <x:v>591958</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C273" s="3" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C273" s="3" t="n">
+        <x:v>38972</x:v>
+      </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="J273" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>593786</x:v>
+        <x:v>592000</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="Q274" s="16" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="R274" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="Q274" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>593836</x:v>
+        <x:v>593766</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>581556</x:v>
+        <x:v>594203</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>540</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>581561</x:v>
+        <x:v>593865</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>541</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>581569</x:v>
+        <x:v>593867</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="Q278" s="16" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>543</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>593766</x:v>
+        <x:v>593868</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>593790</x:v>
+        <x:v>593879</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>593865</x:v>
+        <x:v>615984</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12556</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>593867</x:v>
+        <x:v>609846</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C282" s="15" t="s"/>
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="C282" s="15" t="n">
+        <x:v>39311</x:v>
+      </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>552</x:v>
-[...1 lines deleted...]
-      <x:c r="H282" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>553</x:v>
-[...1 lines deleted...]
-      <x:c r="J282" s="14" t="s"/>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J282" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K282" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>593868</x:v>
+        <x:v>576237</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>593879</x:v>
+        <x:v>593842</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
-        <x:v>39311</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>576237</x:v>
+        <x:v>575010</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C285" s="3" t="s"/>
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C285" s="3" t="n">
+        <x:v>38563</x:v>
+      </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H285" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J285" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>593842</x:v>
+        <x:v>577559</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>38984</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>575010</x:v>
+        <x:v>595490</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>38699</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H287" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>591871</x:v>
+        <x:v>575961</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>352</x:v>
-[...1 lines deleted...]
-      <x:c r="H288" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>353</x:v>
-[...1 lines deleted...]
-      <x:c r="J288" s="14" t="s"/>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J288" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>12067</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>591914</x:v>
+        <x:v>576147</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>38970</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>12036</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>575961</x:v>
+        <x:v>574989</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>576147</x:v>
+        <x:v>581554</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>323</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>574989</x:v>
+        <x:v>593884</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>581554</x:v>
+        <x:v>593885</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>593884</x:v>
+        <x:v>593909</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>593885</x:v>
+        <x:v>593790</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>593909</x:v>
+        <x:v>593825</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C296" s="15" t="s"/>
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="C296" s="15" t="n">
+        <x:v>39311</x:v>
+      </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>568</x:v>
-[...1 lines deleted...]
-      <x:c r="J296" s="14" t="s"/>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="J296" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>593825</x:v>
+        <x:v>592092</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>569</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>577559</x:v>
+        <x:v>595452</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>39508</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>595490</x:v>
+        <x:v>591871</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>571</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>257</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>11001</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>592092</x:v>
+        <x:v>591914</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>257</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>595452</x:v>
+        <x:v>591917</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38970</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -18899,557 +18895,556 @@
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>593857</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>592911</x:v>
+        <x:v>593800</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>593800</x:v>
+        <x:v>593810</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>593810</x:v>
+        <x:v>593817</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>593817</x:v>
+        <x:v>593820</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>593820</x:v>
+        <x:v>593833</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C310" s="15" t="s"/>
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="C310" s="15" t="n">
+        <x:v>38965</x:v>
+      </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>582</x:v>
-[...1 lines deleted...]
-      <x:c r="H310" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I310" s="16" t="s">
-        <x:v>543</x:v>
-[...1 lines deleted...]
-      <x:c r="J310" s="14" t="s"/>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J310" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K310" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>543</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>593833</x:v>
+        <x:v>581553</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>583</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="J311" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>581553</x:v>
+        <x:v>589598</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>12087</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>589598</x:v>
+        <x:v>593777</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>593753</x:v>
+        <x:v>592911</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>593777</x:v>
+        <x:v>593753</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
@@ -19624,531 +19619,533 @@
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>591859</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>154</x:v>
-[...1 lines deleted...]
-      <x:c r="C319" s="3" t="s"/>
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="C319" s="3" t="n">
+        <x:v>39185</x:v>
+      </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J319" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>592941</x:v>
+        <x:v>577544</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>577544</x:v>
+        <x:v>577545</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>591</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>577545</x:v>
+        <x:v>595485</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>593</x:v>
-[...1 lines deleted...]
-      <x:c r="C322" s="15" t="s"/>
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C322" s="15" t="n">
+        <x:v>38972</x:v>
+      </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="H322" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>595485</x:v>
+        <x:v>574986</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>38972</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>12051</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>574986</x:v>
+        <x:v>592571</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>595</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>257</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>14229</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>592571</x:v>
+        <x:v>592580</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>537</x:v>
-[...1 lines deleted...]
-      <x:c r="C325" s="3" t="s"/>
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="C325" s="3" t="n">
+        <x:v>38984</x:v>
+      </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="J325" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>592580</x:v>
+        <x:v>575011</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>596</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>575011</x:v>
+        <x:v>594205</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>594205</x:v>
+        <x:v>592941</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>309</x:v>
@@ -20393,188 +20390,188 @@
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>595444</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>595852</x:v>
+        <x:v>591941</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>591941</x:v>
+        <x:v>594208</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>594208</x:v>
+        <x:v>595852</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38672</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
@@ -20603,82 +20600,82 @@
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>590163</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>40525</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>32062</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>588082</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
@@ -20721,75 +20718,75 @@
         <x:v>616</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>593891</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>593895</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
@@ -20871,80 +20868,80 @@
       <x:c r="R341" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>593750</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>592903</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>622</x:v>
@@ -21024,644 +21021,644 @@
         <x:v>626</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>595853</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>595856</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>592955</x:v>
+        <x:v>593803</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>593845</x:v>
+        <x:v>592955</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>592894</x:v>
+        <x:v>593845</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>593803</x:v>
+        <x:v>592894</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>633</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>633</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>593782</x:v>
+        <x:v>594206</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>593785</x:v>
+        <x:v>593782</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>593787</x:v>
+        <x:v>593785</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>593883</x:v>
+        <x:v>593787</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>638</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>638</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>593900</x:v>
+        <x:v>594654</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>593807</x:v>
+        <x:v>592948</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>12233</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>592948</x:v>
+        <x:v>593807</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
@@ -21743,322 +21740,322 @@
       <x:c r="S358" s="14" t="n">
         <x:v>596455</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>591867</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>24454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>594654</x:v>
+        <x:v>593883</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>594206</x:v>
+        <x:v>593900</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>592895</x:v>
+        <x:v>592939</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>592939</x:v>
+        <x:v>592895</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>11483</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>577819</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
@@ -22253,186 +22250,186 @@
         <x:v>656</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>595208</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>595477</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38672</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>12008</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>597540</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>591966</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
@@ -22517,182 +22514,182 @@
       <x:c r="R373" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>592958</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>592964</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>592967</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>593886</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>610</x:v>
@@ -22979,128 +22976,128 @@
         <x:v>612</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>593765</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>592971</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>594207</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>647</x:v>
@@ -23143,421 +23140,421 @@
       <x:c r="A386" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>43001</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>617124</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>592901</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>592904</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>593779</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>593898</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>592952</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>595106</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
@@ -23645,75 +23642,75 @@
       <x:c r="T395" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>591967</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>683</x:v>
@@ -23745,80 +23742,80 @@
       <x:c r="R397" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>593797</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>593818</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>687</x:v>
@@ -23910,72 +23907,72 @@
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>43001</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>617123</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
@@ -24003,145 +24000,145 @@
         <x:v>627</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>592889</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>593880</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>593871</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>11050</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
@@ -24159,75 +24156,75 @@
       <x:c r="T405" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>37929</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>11031</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>597136</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>37907</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
@@ -24268,178 +24265,178 @@
         <x:v>593740</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>593906</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>593878</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>592581</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>626</x:v>
@@ -24522,128 +24519,128 @@
         <x:v>697</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>593815</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>593781</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>591937</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>700</x:v>
@@ -25001,109 +24998,109 @@
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>593848</x:v>
+        <x:v>593873</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="Q423" s="4" t="s">
         <x:v>719</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>718</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>593873</x:v>
+        <x:v>593848</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>722</x:v>
@@ -25263,206 +25260,206 @@
       <x:c r="K427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>593774</x:v>
+        <x:v>593759</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>734</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>734</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>735</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>593905</x:v>
+        <x:v>591951</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>593759</x:v>
+        <x:v>593774</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>728</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>728</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>591951</x:v>
+        <x:v>593905</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 