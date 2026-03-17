--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -332,74 +332,74 @@
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention géographie, aménagement, environnement et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Cartographie</x:t>
   </x:si>
   <x:si>
     <x:t>Bac techno sciences et technologies de l'industrie et du développement durable énergie et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
+    <x:t>IMFRIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'Etat d'ingénierie sociale (cursus partiel)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
-    <x:t>IMFRIS</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BTSA développement et animation de projets territoriaux</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>Développement rural</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA ACS'AGRI : analyse, conduite et stratégie de l'entreprise agricole option transition agricole dans les territoires métropolitains</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention politiques publiques parcours management des organisations par l'analyse du travail</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
@@ -428,131 +428,131 @@
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Économie tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Val d'Argens</x:t>
   </x:si>
   <x:si>
     <x:t>83490</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable du développement des activités</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
-[...8 lines deleted...]
-    <x:t>TOULON CEDEX</x:t>
+    <x:t>Responsable du développement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention gestion de projets et structures artistiques et culturels</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement des activités (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Isim 83</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable du développement (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
@@ -1289,384 +1289,384 @@
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études hispaniques et latino-américaines</x:t>
   </x:si>
   <x:si>
     <x:t>master mention histoire de l'art</x:t>
   </x:si>
   <x:si>
     <x:t>master mention anthropologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention science politique Parcours politiques européennes</x:t>
   </x:si>
   <x:si>
     <x:t>Institut d'Etudes Politiques</x:t>
   </x:si>
   <x:si>
     <x:t>IEP</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études européennes et internationales parcours négociation internationale et interculturelle</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention direction de projets ou établissements culturels parcours management et droit des organisations et des manifestations culturelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elégance - Ecole Gontard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management public parcours développement durable et gouvernance territoriale de projets en Méditerranée et à l'international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>responsable du développement des activités</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Ch Péguy</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention langues et sociétés parcours études islamologiques (islamologie et tradition intellectuelle en Islam)</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention histoire de l'art parcours métiers du patrimoine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention protection et valorisation du patrimoine historique et culturel</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention science politique</x:t>
   </x:si>
   <x:si>
-    <x:t>LA Fontlongue</x:t>
-[...26 lines deleted...]
-    <x:t>licence pro mention protection et valorisation du patrimoine historique et culturel</x:t>
+    <x:t>Master mention droit public parcours droit public des affaires et contrats publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement Durable (DD) et Responsabilité Sociétale des Entreprises (RSE)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Denis Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Louis - Ste-Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIGNAC-LA-NERTHE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention métiers de la médiation par des approches artistiques et culturelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention direction de projets ou établissements culturels parcours administration des institutions culturelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté Economie et Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences et techniques des activités physiques et sportives : management du sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention géographie, aménagement, environnement et développement parcours  territoires, société, aménagement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours Moyen-Orient et Maghreb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études portugaises et brésiliennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sociologie parcours sociologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État de paysagiste (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National des Sciences et Industries du Vivant et de l'Environnement - AgroParisTech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91120</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration publique parcours management public</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : management du sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours droit public fondamental</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours théorie du droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAMBESC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention management public parcours attractivité et nouveau marketing territorial</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention droit public parcours droit public des affaires et contrats publics</x:t>
-[...98 lines deleted...]
-    <x:t>GIGNAC-LA-NERTHE</x:t>
+    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Rempart-Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences sanitaires et sociales parcours plurisciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention droit de l'environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études italiennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention protection et valorisation du patrimoine historique et culturel parcours conservation et restauration du patrimoine bâti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention urbanisme et aménagement parcours transitions urbaines et coopération en Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management public parcours marketing et communication publics</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Master mention archéologie, sciences pour l'archéologie parcours archéologie classique des mondes anciens et médiévaux</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention management public parcours marketing et communication publics</x:t>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG Programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG BUSINESS SCHOOL</x:t>
   </x:si>
   <x:si>
     <x:t>75006</x:t>
   </x:si>
   <x:si>
     <x:t>Responsabilité sociétale entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Préparation à l'Administration et à la Gestion - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>06000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Elégance - Ecole Gontard</x:t>
-[...14 lines deleted...]
-    <x:t>NICE CEDEX 03</x:t>
+    <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée R Goscinny</x:t>
   </x:si>
   <x:si>
     <x:t>06340</x:t>
   </x:si>
   <x:si>
     <x:t>DRAP</x:t>
   </x:si>
   <x:si>
-    <x:t>06103</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences et humanités parcours environnement</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2029 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>CANNES LA BOCCA</x:t>
+    <x:t>01/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de Tocqueville</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention ville et environnements urbains</x:t>
+  </x:si>
+  <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2029 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention cartographie, topographie et systèmes d'information géographique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>DU chef de projet en alimentation durable option collectivité territoriale</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
@@ -3063,430 +3063,429 @@
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>594403</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>616994</x:v>
+        <x:v>592293</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
-      <x:c r="E15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>546877</x:v>
+        <x:v>567161</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="H16" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>592293</x:v>
+        <x:v>616994</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>91</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>567161</x:v>
+        <x:v>594414</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C18" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C18" s="15" t="n">
+        <x:v>39836</x:v>
+      </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s"/>
+      <x:c r="E18" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>594414</x:v>
+        <x:v>546877</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39684</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12514</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>592185</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>592188</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>99</x:v>
@@ -3574,81 +3573,81 @@
         <x:v>85</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>594607</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>594610</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38177</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
@@ -4012,258 +4011,263 @@
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>594421</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>119</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="I31" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="I31" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>614514</x:v>
+        <x:v>594600</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C32" s="15" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="n">
+        <x:v>40889</x:v>
+      </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="K32" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="L32" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M32" s="14" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="Q32" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="R32" s="14" t="s">
+      <x:c r="S32" s="14" t="n">
+        <x:v>614514</x:v>
+      </x:c>
+      <x:c r="T32" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>40330</x:v>
+        <x:v>39205</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>32096</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P33" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="S33" s="0" t="n">
+        <x:v>558984</x:v>
+      </x:c>
+      <x:c r="T33" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="P33" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C34" s="15" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="n">
+        <x:v>40330</x:v>
+      </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>594422</x:v>
+        <x:v>592549</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>51</x:v>
@@ -4271,167 +4275,163 @@
       <x:c r="K35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>594424</x:v>
+        <x:v>594422</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="Q36" s="16" t="s">
+      <x:c r="R36" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="R36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>607476</x:v>
+        <x:v>594424</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>39205</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>558984</x:v>
+        <x:v>607476</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>147</x:v>
@@ -4508,51 +4508,51 @@
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>594427</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
@@ -4663,51 +4663,51 @@
       <x:c r="J42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>597456</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39014</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -4717,51 +4717,51 @@
       <x:c r="J43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>592040</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40497</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
@@ -4852,82 +4852,82 @@
       <x:c r="R45" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>594606</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>594615</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>117</x:v>
@@ -5072,145 +5072,145 @@
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>594622</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39205</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>562919</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>607477</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -5239,81 +5239,81 @@
         <x:v>114</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>591857</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>594398</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39426</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
@@ -6504,51 +6504,51 @@
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>575523</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
@@ -7135,51 +7135,51 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>581253</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
@@ -8290,51 +8290,51 @@
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>523240</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -8715,51 +8715,51 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>576340</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>53</x:v>
@@ -8808,51 +8808,51 @@
       <x:c r="G116" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>32096</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>581319</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
@@ -9735,51 +9735,51 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>575536</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39205</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
@@ -9792,51 +9792,51 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>552683</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39205</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -9911,51 +9911,51 @@
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>556801</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
@@ -10172,57 +10172,57 @@
       <x:c r="C140" s="15" t="n">
         <x:v>40987</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32096</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>581320</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
@@ -11379,787 +11379,792 @@
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>575531</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>40412</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>12512</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>575538</x:v>
+        <x:v>539048</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>39294</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>571063</x:v>
+        <x:v>575031</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>38175</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s"/>
+      <x:c r="E164" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>13027</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>597249</x:v>
+        <x:v>600464</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>35914</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>13016</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>592187</x:v>
+        <x:v>575033</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>40019</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>12505</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>592288</x:v>
+        <x:v>592187</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>40019</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>12505</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>597454</x:v>
+        <x:v>592288</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>580212</x:v>
+        <x:v>597454</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>41176</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>14215</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>592830</x:v>
+        <x:v>580212</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>40889</x:v>
+        <x:v>41176</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>14215</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>606172</x:v>
+        <x:v>592830</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>40412</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>383</x:v>
-[...2 lines deleted...]
-        <x:v>375</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>12512</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>539048</x:v>
+        <x:v>606172</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>39294</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>575031</x:v>
+        <x:v>575538</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>35914</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>13016</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>575033</x:v>
+        <x:v>571063</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>38184</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>248</x:v>
-[...1 lines deleted...]
-      <x:c r="P174" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="P174" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>597432</x:v>
+        <x:v>597457</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>41176</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
@@ -12172,51 +12177,51 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>575801</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>40443</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
@@ -12226,216 +12231,208 @@
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>592541</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38184</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>183</x:v>
-[...2 lines deleted...]
-        <x:v>184</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="P177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>575030</x:v>
+        <x:v>597432</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>35914</x:v>
+        <x:v>38175</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>13016</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>575032</x:v>
+        <x:v>597249</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>39194</x:v>
+        <x:v>38184</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>592057</x:v>
+        <x:v>597431</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>52</x:v>
@@ -12454,51 +12451,51 @@
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>594406</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
@@ -12511,4155 +12508,4161 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>581252</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>576578</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>247</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>597431</x:v>
+        <x:v>594423</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>597457</x:v>
+        <x:v>594399</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
-      <x:c r="E185" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>426</x:v>
-[...2 lines deleted...]
-        <x:v>427</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>558679</x:v>
+        <x:v>594402</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>430</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>12512</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>539053</x:v>
+        <x:v>594404</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
-      <x:c r="E187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>554250</x:v>
+        <x:v>592801</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>40987</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32096</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>592801</x:v>
+        <x:v>592802</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>40987</x:v>
+        <x:v>39294</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H189" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>32096</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>592802</x:v>
+        <x:v>577308</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>39294</x:v>
+        <x:v>38700</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>577308</x:v>
+        <x:v>592006</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>38700</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>15457</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>592006</x:v>
+        <x:v>575534</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>39194</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>12205</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>575534</x:v>
+        <x:v>575539</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>575539</x:v>
+        <x:v>575540</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>575540</x:v>
+        <x:v>575710</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>575710</x:v>
+        <x:v>567002</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>567002</x:v>
+        <x:v>567005</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>567005</x:v>
+        <x:v>575734</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>39694</x:v>
+        <x:v>40412</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s"/>
+      <x:c r="E198" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>11029</x:v>
+        <x:v>12512</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>575734</x:v>
+        <x:v>539053</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>38700</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
+      <x:c r="E199" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>183</x:v>
-[...2 lines deleted...]
-        <x:v>184</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>15457</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>576275</x:v>
+        <x:v>554250</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>38166</x:v>
+        <x:v>38184</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>576334</x:v>
+        <x:v>575030</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>38700</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>576336</x:v>
+        <x:v>576275</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C202" s="15" t="s"/>
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C202" s="15" t="n">
+        <x:v>38166</x:v>
+      </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>451</x:v>
-[...1 lines deleted...]
-      <x:c r="H202" s="14" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s">
+        <x:v>184</x:v>
+      </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>594399</x:v>
+        <x:v>576334</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C203" s="3" t="s"/>
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C203" s="3" t="n">
+        <x:v>38166</x:v>
+      </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>594402</x:v>
+        <x:v>576336</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C204" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C204" s="15" t="n">
+        <x:v>39836</x:v>
+      </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s"/>
+      <x:c r="E204" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>234</x:v>
-[...1 lines deleted...]
-      <x:c r="H204" s="14" t="s"/>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
+        <x:v>458</x:v>
+      </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>594404</x:v>
+        <x:v>558679</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C205" s="3" t="s"/>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C205" s="3" t="n">
+        <x:v>39696</x:v>
+      </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>594423</x:v>
+        <x:v>592214</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>39696</x:v>
+        <x:v>39294</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>14256</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>592214</x:v>
+        <x:v>592091</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>39294</x:v>
+        <x:v>35914</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>13016</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>592091</x:v>
+        <x:v>575032</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C208" s="15" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C208" s="15" t="n">
+        <x:v>39194</x:v>
+      </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>594591</x:v>
+        <x:v>592057</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>594594</x:v>
+        <x:v>594420</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>594595</x:v>
+        <x:v>594409</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>594420</x:v>
+        <x:v>594393</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C212" s="15" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C212" s="15" t="n">
+        <x:v>39644</x:v>
+      </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>594409</x:v>
+        <x:v>592294</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C213" s="3" t="s"/>
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C213" s="3" t="n">
+        <x:v>35516</x:v>
+      </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>594393</x:v>
+        <x:v>575962</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>184</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>592294</x:v>
+        <x:v>581551</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>35516</x:v>
+        <x:v>39040</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>183</x:v>
-[...2 lines deleted...]
-        <x:v>184</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>575962</x:v>
+        <x:v>591995</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>39696</x:v>
+        <x:v>36761</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>14256</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>581551</x:v>
+        <x:v>596279</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>39040</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H217" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>591995</x:v>
+        <x:v>575709</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>36761</x:v>
+        <x:v>40443</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>192</x:v>
-[...1 lines deleted...]
-      <x:c r="H218" s="14" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s">
+        <x:v>184</x:v>
+      </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>12518</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>596279</x:v>
+        <x:v>575773</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>183</x:v>
-[...2 lines deleted...]
-        <x:v>184</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>575709</x:v>
+        <x:v>592392</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>40443</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>575773</x:v>
+        <x:v>592542</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>40019</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>12505</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>592392</x:v>
+        <x:v>576339</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>40443</x:v>
+        <x:v>35914</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>192</x:v>
-[...1 lines deleted...]
-      <x:c r="H222" s="14" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s">
+        <x:v>184</x:v>
+      </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>13016</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>592542</x:v>
+        <x:v>575039</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>40019</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
+      <x:c r="E223" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>12505</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>576339</x:v>
+        <x:v>599636</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C224" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C224" s="15" t="n">
+        <x:v>39836</x:v>
+      </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>594619</x:v>
+        <x:v>605497</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C225" s="3" t="s"/>
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C225" s="3" t="n">
+        <x:v>40412</x:v>
+      </x:c>
       <x:c r="D225" s="3" t="s"/>
+      <x:c r="E225" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>12512</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>594620</x:v>
+        <x:v>576985</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>469</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>580919</x:v>
+        <x:v>594591</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>470</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>183</x:v>
-[...2 lines deleted...]
-        <x:v>184</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>13016</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>575039</x:v>
+        <x:v>594594</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
-      <x:c r="E228" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>426</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>599636</x:v>
+        <x:v>594595</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
-      <x:c r="E229" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>605497</x:v>
+        <x:v>594619</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>430</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
-      <x:c r="E230" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>12512</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>576985</x:v>
+        <x:v>594620</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
-      <x:c r="E231" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>453827</x:v>
+        <x:v>580919</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>478</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
-      <x:c r="E232" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>479</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>32008</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>549107</x:v>
+        <x:v>594613</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>603393</x:v>
+        <x:v>453827</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>40889</x:v>
+        <x:v>37969</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="I234" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="H234" s="14" t="s"/>
-[...2 lines deleted...]
-      </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>600464</x:v>
+        <x:v>549107</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C235" s="3" t="s"/>
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="C235" s="3" t="n">
+        <x:v>35512</x:v>
+      </x:c>
       <x:c r="D235" s="3" t="s"/>
+      <x:c r="E235" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>594613</x:v>
+        <x:v>603393</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C236" s="15" t="s"/>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C236" s="15" t="n">
+        <x:v>39694</x:v>
+      </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>594415</x:v>
+        <x:v>592216</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>594590</x:v>
+        <x:v>594415</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>11029</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="R238" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="R238" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>592216</x:v>
+        <x:v>594590</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>608895</x:v>
+        <x:v>607492</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="U239" s="4" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>39480</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s"/>
+      <x:c r="E240" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>473</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>12523</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>599860</x:v>
+        <x:v>607493</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>39426</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
+      <x:c r="E241" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>592118</x:v>
+        <x:v>608895</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>39698</x:v>
+        <x:v>39480</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>14224</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>592204</x:v>
+        <x:v>620480</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>40889</x:v>
+        <x:v>39480</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
-      <x:c r="E243" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>607492</x:v>
+        <x:v>599860</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>39480</x:v>
+        <x:v>39426</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>12523</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>620480</x:v>
+        <x:v>592118</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C245" s="3" t="s"/>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C245" s="3" t="n">
+        <x:v>39698</x:v>
+      </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>594599</x:v>
+        <x:v>592204</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C246" s="15" t="s"/>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C246" s="15" t="n">
+        <x:v>40889</x:v>
+      </x:c>
       <x:c r="D246" s="15" t="s"/>
-      <x:c r="E246" s="14" t="s"/>
+      <x:c r="E246" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>594612</x:v>
+        <x:v>608897</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>380</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>596689</x:v>
+        <x:v>594599</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>191</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>12523</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>620481</x:v>
+        <x:v>594612</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>40889</x:v>
+        <x:v>41383</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
-      <x:c r="E249" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="H249" s="0" t="s">
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>12512</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>600463</x:v>
+        <x:v>609441</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>37969</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
-      <x:c r="E250" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>479</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="J250" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="K250" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="L250" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="M250" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N250" s="15" t="n">
+        <x:v>44035</x:v>
+      </x:c>
+      <x:c r="O250" s="14" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="P250" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="J250" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>602743</x:v>
+        <x:v>596689</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>41383</x:v>
+        <x:v>39480</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>473</x:v>
-[...2 lines deleted...]
-        <x:v>502</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>12512</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>609441</x:v>
+        <x:v>620481</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>607493</x:v>
+        <x:v>600463</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>40889</x:v>
+        <x:v>37969</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>608897</x:v>
+        <x:v>602743</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>592545</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>520</x:v>
@@ -16691,145 +16694,145 @@
       <x:c r="R255" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>594401</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>598502</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>607494</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37011</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>530</x:v>
@@ -16837,171 +16840,171 @@
       <x:c r="I258" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>588321</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>603392</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38700</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>592007</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>535</x:v>
@@ -17009,397 +17012,397 @@
       <x:c r="J261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>594416</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>594417</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>597248</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>596833</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>549108</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>598342</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>600465</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>51</x:v>
@@ -17473,537 +17476,537 @@
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>594596</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>607491</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>599766</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>594602</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>40979</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>12252</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>592806</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>554849</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>598343</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>41383</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>620395</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>594410</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>597458</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>543</x:v>
@@ -18028,151 +18031,151 @@
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>594395</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>592393</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>554850</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>39193</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
@@ -18456,51 +18459,51 @@
       <x:c r="H287" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>576266</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">