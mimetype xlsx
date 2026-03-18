--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -617,239 +617,239 @@
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Naturospirit</x:t>
   </x:si>
   <x:si>
     <x:t>92200</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Magnétisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Accompagnement relationnel et massage - Relation d'aide par le toucher - Niveau I</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être liftant japonais visage</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure Formation Métiers en Demande</x:t>
   </x:si>
   <x:si>
     <x:t>ESMED</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en art thérapie</x:t>
   </x:si>
   <x:si>
-    <x:t>Magnétisme</x:t>
-[...2 lines deleted...]
-    <x:t>10/07/2025 00:00:00</x:t>
+    <x:t>Groupe Polygone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Licencié pour motif économique , Particulier, individuel , Profession libérale , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en accompagnement au changement et la gestion du stress par l'hypnose</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transe-Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Ferme de Beaugensiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELGENTIER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Professeur yoga séniors sur chaise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purnata Yoga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation formateur spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CRAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réfléxologie plantaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de Formation du Sud Est</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Femme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOURRETTES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comportementaliste Félin</x:t>
   </x:si>
   <x:si>
     <x:t>Zoopro</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
-    <x:t>TOULON</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Polygone</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Technicien en Hypnose Ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Efth Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>A Fleur de Peau</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Massage esthétique</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>La Ferme de Beaugensiers</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>Yin Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Ojas</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spa Prestige aux graines d'entada</x:t>
   </x:si>
   <x:si>
     <x:t>Dubarry Academy</x:t>
@@ -2363,225 +2363,225 @@
   <x:si>
     <x:t>Méthode Pilates - reformer</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement thérapeutique du l'arrêt du tabac par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Psychologie ayuvédique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médecine Traditionnelle Chinoise - 2e et 3e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil en phytothérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation "Professeur de Yoga" bloc 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC1 contribuer à l’animation de l’espace de vente</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
-    <x:t>07/17/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Massage balinais</x:t>
   </x:si>
   <x:si>
     <x:t>Le protocole Zénith</x:t>
   </x:si>
   <x:si>
-    <x:t>Médecine Traditionnelle Chinoise - 2e et 3e année</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>PRATICIEN EN NATUROPATHIE ENERGETIQUE A DISTANCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Formation Naturopathie Energétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Patricia Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Professeur de Pilates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Pilates - Aurélie Bidart</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage californien et/ou suédois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yoann Fonte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUANS-SARTOUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage sonore aux bols chantants tibétains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bien-être cranien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage enfant (de 2 à 12 ans)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les bases du massage bien-être</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé Jacquet</x:t>
   </x:si>
   <x:si>
     <x:t>IEPA</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
-    <x:t>Les bases du massage bien-être</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
-  </x:si>
-[...55 lines deleted...]
-    <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Uniyoga</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir professeur de Pilates (Cristiane Domenici Pilates)</x:t>
   </x:si>
   <x:si>
     <x:t>Cristiane Domenici</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
   </x:si>
@@ -5624,818 +5624,820 @@
         <x:v>179</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>543922</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>574178</x:v>
+        <x:v>579681</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>570661</x:v>
+        <x:v>574178</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>189</x:v>
-[...2 lines deleted...]
-        <x:v>190</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>614398</x:v>
+        <x:v>570661</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>46</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>192</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>587282</x:v>
+        <x:v>614398</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>598480</x:v>
+        <x:v>587282</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>579681</x:v>
+        <x:v>598480</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>491243</x:v>
+        <x:v>576864</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="L52" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="M52" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="N52" s="15" t="n">
+        <x:v>14447</x:v>
+      </x:c>
+      <x:c r="O52" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="P52" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="L52" s="14" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>576864</x:v>
+        <x:v>586348</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>586348</x:v>
+        <x:v>576812</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>610248</x:v>
+        <x:v>597820</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="s"/>
+      <x:c r="G55" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="K55" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L55" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="M55" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="N55" s="3" t="n">
+        <x:v>44587</x:v>
+      </x:c>
+      <x:c r="O55" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="P55" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="R55" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="S55" s="0" t="n">
+        <x:v>611696</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="B55" s="0" t="s">
+      <x:c r="U55" s="4" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...47 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>576812</x:v>
+        <x:v>587879</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>597820</x:v>
+        <x:v>491243</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>232</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>44587</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="P58" s="14" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="Q58" s="16" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>611696</x:v>
+        <x:v>610248</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>238</x:v>
-[...1 lines deleted...]
-      <x:c r="C59" s="3" t="s"/>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="n">
+        <x:v>34921</x:v>
+      </x:c>
       <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42020</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>587879</x:v>
+        <x:v>545827</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
@@ -6484,51 +6486,51 @@
       <x:c r="I61" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>616987</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -6870,238 +6872,238 @@
         <x:v>290</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>616752</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>576836</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>576860</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>508016</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>546492</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>281</x:v>
@@ -7176,145 +7178,145 @@
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>615124</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>586349</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>586350</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>54</x:v>
@@ -7327,186 +7329,186 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>587866</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>587881</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>578436</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>617969</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>280</x:v>
@@ -7520,51 +7522,51 @@
       <x:c r="L81" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>615213</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
@@ -7688,83 +7690,83 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>569902</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>586347</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -7795,180 +7797,180 @@
         <x:v>327</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>589922</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>583218</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>617091</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>587882</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
@@ -8162,91 +8164,91 @@
       <x:c r="R93" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>606653</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>576879</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>54</x:v>
@@ -8301,51 +8303,51 @@
       <x:c r="L96" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>560332</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>62</x:v>
@@ -8397,51 +8399,51 @@
         <x:v>247</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>616989</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>281</x:v>
@@ -8578,183 +8580,183 @@
       <x:c r="T101" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>558514</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>553917</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>553920</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>260</x:v>
@@ -8936,78 +8938,78 @@
         <x:v>374</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>571736</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>583216</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
@@ -9094,187 +9096,187 @@
       <x:c r="R111" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>595443</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>576830</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>576872</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>507977</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>281</x:v>
@@ -9398,252 +9400,252 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>586580</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>566057</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>610249</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>611592</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>576840</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
@@ -9668,128 +9670,128 @@
         <x:v>255</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>615123</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>617090</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>587880</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>281</x:v>
@@ -10191,51 +10193,51 @@
       <x:c r="T132" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
@@ -10588,100 +10590,100 @@
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>564162</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>545825</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
@@ -10792,106 +10794,106 @@
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>590202</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>576863</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
@@ -11062,51 +11064,51 @@
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>614993</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -11854,51 +11856,51 @@
       <x:c r="T164" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
@@ -12105,51 +12107,51 @@
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>621803</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
@@ -12419,51 +12421,51 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>602502</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -13382,51 +13384,51 @@
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>535904</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
@@ -13492,95 +13494,95 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>601894</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>576870</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
@@ -13691,51 +13693,51 @@
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>573783</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>54</x:v>
@@ -13946,101 +13948,101 @@
       <x:c r="M205" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>621269</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>579682</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
@@ -14351,51 +14353,51 @@
       <x:c r="L213" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>585384</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
@@ -14522,90 +14524,90 @@
         <x:v>445</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>577236</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>576835</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
@@ -14993,51 +14995,51 @@
       <x:c r="U225" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
@@ -15047,51 +15049,51 @@
       <x:c r="T226" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
@@ -15104,51 +15106,51 @@
       <x:c r="U227" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
@@ -15294,51 +15296,51 @@
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>621805</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>40</x:v>
@@ -15349,51 +15351,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>621806</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
@@ -15459,184 +15461,184 @@
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>620789</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>542235</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>542236</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>587316</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
@@ -15709,51 +15711,51 @@
       <x:c r="M239" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>623416</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
@@ -15921,93 +15923,93 @@
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>572178</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>579680</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>483</x:v>
@@ -16079,51 +16081,51 @@
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>602499</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
@@ -17564,51 +17566,51 @@
       <x:c r="M275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>551477</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
@@ -17625,92 +17627,92 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>598455</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>542237</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
@@ -17732,145 +17734,145 @@
         <x:v>436</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>551390</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>576810</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>576827</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>62</x:v>
@@ -18143,51 +18145,51 @@
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>604520</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
@@ -18283,51 +18285,51 @@
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>588091</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
@@ -19066,116 +19068,116 @@
         <x:v>436</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>551194</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>576859</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>219</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
@@ -19330,91 +19332,91 @@
       <x:c r="R309" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>623405</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>576876</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>54</x:v>
@@ -19480,51 +19482,51 @@
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>577227</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
@@ -19879,51 +19881,51 @@
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>598429</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
@@ -19984,51 +19986,51 @@
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>495575</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>54</x:v>
@@ -20400,2466 +20402,2467 @@
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>621259</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>480</x:v>
-[...2 lines deleted...]
-        <x:v>481</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>602685</x:v>
+        <x:v>622884</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>219</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>220</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
-      <x:c r="E332" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>42020</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>545823</x:v>
+        <x:v>614509</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>622884</x:v>
+        <x:v>616116</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>762</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>571761</x:v>
+        <x:v>616123</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>764</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>525</x:v>
-[...2 lines deleted...]
-        <x:v>106</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>15459</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>595440</x:v>
+        <x:v>617966</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>769</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>436</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>546874</x:v>
+        <x:v>617967</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>15452</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>589567</x:v>
+        <x:v>566910</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>552603</x:v>
+        <x:v>571986</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>580115</x:v>
+        <x:v>572176</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>771</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>599687</x:v>
+        <x:v>602500</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>660</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="H341" s="0" t="s">
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>598468</x:v>
+        <x:v>602685</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>397</x:v>
-[...1 lines deleted...]
-      <x:c r="C342" s="15" t="s"/>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C342" s="15" t="n">
+        <x:v>34921</x:v>
+      </x:c>
       <x:c r="D342" s="15" t="s"/>
-      <x:c r="E342" s="14" t="s"/>
+      <x:c r="E342" s="14" t="s">
+        <x:v>240</x:v>
+      </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>489</x:v>
-[...1 lines deleted...]
-      <x:c r="J342" s="14" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="J342" s="14" t="s">
+        <x:v>242</x:v>
+      </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>42020</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>617966</x:v>
+        <x:v>545823</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>15450</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>617967</x:v>
+        <x:v>488932</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>602500</x:v>
+        <x:v>571761</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>773</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>774</x:v>
+        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>593</x:v>
-[...1 lines deleted...]
-      <x:c r="C345" s="3" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C345" s="3" t="n">
+        <x:v>35944</x:v>
+      </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="J345" s="0" t="s">
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>614509</x:v>
+        <x:v>595440</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>649</x:v>
-[...1 lines deleted...]
-      <x:c r="C346" s="15" t="s"/>
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="C346" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>416</x:v>
-[...1 lines deleted...]
-      <x:c r="J346" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="J346" s="14" t="s">
+        <x:v>242</x:v>
+      </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>616116</x:v>
+        <x:v>546874</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>616123</x:v>
+        <x:v>589567</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>777</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>778</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>551199</x:v>
+        <x:v>552603</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>598452</x:v>
+        <x:v>580115</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>543919</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>201</x:v>
-[...2 lines deleted...]
-        <x:v>202</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>576839</x:v>
+        <x:v>551199</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>780</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>566910</x:v>
+        <x:v>598452</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>748</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>571986</x:v>
+        <x:v>543919</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>775</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>459</x:v>
-[...1 lines deleted...]
-      <x:c r="H354" s="14" t="s"/>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H354" s="14" t="s">
+        <x:v>197</x:v>
+      </x:c>
       <x:c r="I354" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>572176</x:v>
+        <x:v>576839</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>783</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>15450</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>488932</x:v>
+        <x:v>598468</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="H356" s="14" t="s"/>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H356" s="14" t="s">
+        <x:v>197</x:v>
+      </x:c>
       <x:c r="I356" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>601891</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>579510</x:v>
+        <x:v>598463</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>793</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
-        <x:v>796</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>797</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>572418</x:v>
+        <x:v>551205</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>576869</x:v>
+        <x:v>612669</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>598463</x:v>
+        <x:v>612763</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H361" s="0" t="s">
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>551205</x:v>
+        <x:v>576823</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>799</x:v>
-[...1 lines deleted...]
-      <x:c r="H362" s="14" t="s"/>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H362" s="14" t="s">
+        <x:v>197</x:v>
+      </x:c>
       <x:c r="I362" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>603664</x:v>
+        <x:v>576808</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="S363" s="0" t="n">
+        <x:v>580162</x:v>
+      </x:c>
+      <x:c r="T363" s="4" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="U363" s="4" t="s">
         <x:v>802</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="H364" s="14" t="s"/>
+      <x:c r="I364" s="16" t="s">
         <x:v>805</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>807</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="Q364" s="16" t="s">
         <x:v>805</x:v>
       </x:c>
-      <x:c r="Q364" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>612669</x:v>
+        <x:v>577468</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>810</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>612763</x:v>
+        <x:v>577475</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>576823</x:v>
+        <x:v>577486</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>201</x:v>
-[...2 lines deleted...]
-        <x:v>202</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>576808</x:v>
+        <x:v>580519</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>813</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>15452</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>580162</x:v>
+        <x:v>579377</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>729</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>816</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>577468</x:v>
+        <x:v>617942</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>818</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>577475</x:v>
+        <x:v>603664</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>577486</x:v>
+        <x:v>601891</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>771</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>580519</x:v>
+        <x:v>579510</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>660</x:v>
+        <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="H373" s="0" t="s">
+        <x:v>817</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>579377</x:v>
+        <x:v>572418</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>617942</x:v>
+        <x:v>618117</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>598396</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>597743</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>613597</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
@@ -22868,153 +22871,153 @@
         <x:v>828</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>802</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>536412</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>612767</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>576554</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>254</x:v>
@@ -23052,51 +23055,51 @@
       <x:c r="U381" s="4" t="s">
         <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
@@ -23106,51 +23109,51 @@
       <x:c r="T382" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
@@ -23163,177 +23166,177 @@
       <x:c r="U383" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>546887</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>577454</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>778</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>577456</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>436</x:v>
@@ -23413,197 +23416,197 @@
         <x:v>838</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>524946</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>617275</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>576862</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>576875</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
@@ -23824,51 +23827,51 @@
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>598472</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
@@ -23931,236 +23934,236 @@
         <x:v>436</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>551185</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>576837</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>577478</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>577505</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>577507</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>477</x:v>
@@ -24182,51 +24185,51 @@
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>580512</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>771</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -24235,221 +24238,221 @@
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>580517</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>613248</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>611923</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>611928</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>769</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
@@ -24459,404 +24462,404 @@
       <x:c r="T408" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>546879</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
-        <x:v>219</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>608388</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>618113</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>802</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>618115</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>772</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>576834</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>576856</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>576874</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
@@ -24922,89 +24925,89 @@
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>598446</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
-        <x:v>794</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
-        <x:v>796</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>797</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>572417</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>436</x:v>
@@ -25186,230 +25189,230 @@
         <x:v>436</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>551369</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>577460</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>577476</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>577531</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>611919</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>851</x:v>
@@ -25450,124 +25453,124 @@
       <x:c r="U427" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>546860</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>618112</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
@@ -25602,90 +25605,90 @@
         <x:v>854</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>595441</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>576833</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
@@ -25809,342 +25812,342 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>598454</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>576838</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>576848</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>576857</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>576861</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>575827</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>575830</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>435</x:v>
@@ -26324,141 +26327,141 @@
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>551161</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>572416</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
-        <x:v>794</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
-        <x:v>796</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>797</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>490425</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>477</x:v>
@@ -26487,237 +26490,237 @@
       <x:c r="R447" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>579939</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s"/>
       <x:c r="K448" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>577457</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>577510</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>577530</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>618116</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
@@ -26737,386 +26740,386 @@
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>580507</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>575803</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>612768</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>580163</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>577479</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>577482</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>813</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>606678</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>574335</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
@@ -27247,188 +27250,188 @@
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>551405</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>488540</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>579683</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>604528</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
@@ -27437,112 +27440,112 @@
         <x:v>828</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>802</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>560937</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>576867</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
@@ -27666,551 +27669,551 @@
         <x:v>436</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>551338</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>617274</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>576809</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>576826</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>623419</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>608296</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>574331</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>577458</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>577532</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>577533</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>536395</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>890</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>891</x:v>
@@ -28291,245 +28294,245 @@
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>580514</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>611917</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>608293</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>569784</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>802</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>618114</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>53</x:v>
@@ -28604,51 +28607,51 @@
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>551415</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
@@ -28802,193 +28805,193 @@
       <x:c r="M492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>621804</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>577512</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>577455</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>577459</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>903</x:v>
       </x:c>
@@ -29006,51 +29009,51 @@
       <x:c r="M496" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>564513</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>54</x:v>