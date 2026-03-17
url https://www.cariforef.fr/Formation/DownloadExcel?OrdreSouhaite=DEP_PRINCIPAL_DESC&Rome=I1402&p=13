--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -263,98 +263,98 @@
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>LP de Sorgues</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>11/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/26/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réaliser la maintenance d'équipements en zone ATEX - ATD001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Costebelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Réaliser la maintenance d'équipements en zone ATEX - ATD001</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LP Galliéni Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
@@ -632,278 +632,278 @@
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
-[...5 lines deleted...]
-    <x:t>VITROLLES CEDEX</x:t>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réparateur de produits nomades (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsm Master</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Composant électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Éloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Eloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...35 lines deleted...]
-    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Marie-Madeleine Fourcade - site Jules Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPO modèle électronique</x:t>
   </x:si>
   <x:si>
     <x:t>13396</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 11</x:t>
   </x:si>
   <x:si>
-    <x:t>04/28/2026 00:00:00</x:t>
-[...14 lines deleted...]
-    <x:t>10/14/2026 00:00:00</x:t>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP le Chatelier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/12/2026 00:00:00</x:t>
-[...32 lines deleted...]
-    <x:t>Demandeur d'emploi , Handicapé , Salarié , Tout public</x:t>
+    <x:t>10/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>10/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Hutinel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/29/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LP A Hutinel</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LP J Dolle</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien Services de l'Electroménager connecté</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
@@ -926,81 +926,81 @@
   <x:si>
     <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>05400</x:t>
   </x:si>
   <x:si>
     <x:t>VEYNES</x:t>
   </x:si>
   <x:si>
     <x:t>LP P et L Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel technicien d'après-vente en électroménager et audiovisuel (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -2473,142 +2473,142 @@
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>619229</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>619246</x:v>
+        <x:v>619259</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>619259</x:v>
+        <x:v>619246</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
@@ -2677,145 +2677,145 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>610381</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>619244</x:v>
+        <x:v>619274</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>619274</x:v>
+        <x:v>619244</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
@@ -2832,92 +2832,92 @@
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>619243</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>591483</x:v>
+        <x:v>610380</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
@@ -2934,51 +2934,51 @@
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>619271</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
@@ -3025,158 +3025,158 @@
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>610389</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I31" s="4" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
+      <x:c r="R31" s="0" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>597051</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>610380</x:v>
+        <x:v>591483</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
@@ -3234,267 +3234,267 @@
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>610372</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C35" s="3" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>37489</x:v>
+      </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>24340</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>591475</x:v>
+        <x:v>597061</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>83</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>24252</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>597061</x:v>
+        <x:v>591475</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>24252</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>597067</x:v>
+        <x:v>619227</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C38" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C38" s="15" t="n">
+        <x:v>37489</x:v>
+      </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J38" s="14" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="J38" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>24340</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>619227</x:v>
+        <x:v>597067</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
@@ -3651,103 +3651,103 @@
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>591497</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>610362</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -4577,51 +4577,51 @@
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>599359</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
@@ -5232,51 +5232,51 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>619223</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
@@ -5661,1802 +5661,1802 @@
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>597057</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="C80" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C80" s="15" t="n">
+        <x:v>37489</x:v>
+      </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J80" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="J80" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>24340</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>619237</x:v>
+        <x:v>597066</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>619240</x:v>
+        <x:v>619237</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>24252</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="S82" s="14" t="n">
+        <x:v>619240</x:v>
+      </x:c>
+      <x:c r="T82" s="16" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="U82" s="16" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C83" s="3" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C83" s="3" t="n">
+        <x:v>37489</x:v>
+      </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J83" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>24340</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>619221</x:v>
+        <x:v>509396</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>37489</x:v>
+        <x:v>37416</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>24252</x:v>
+        <x:v>24336</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>509396</x:v>
+        <x:v>546100</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>195</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
-      <x:c r="E85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>197</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>24336</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>546100</x:v>
+        <x:v>619265</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>24252</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>597044</x:v>
+        <x:v>619267</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>207</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>24252</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>597062</x:v>
+        <x:v>610360</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C88" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C88" s="15" t="n">
+        <x:v>37489</x:v>
+      </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J88" s="14" t="s"/>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="J88" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>24340</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>610377</x:v>
+        <x:v>597044</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>610386</x:v>
+        <x:v>619221</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>610392</x:v>
+        <x:v>610377</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>211</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>24252</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>597042</x:v>
+        <x:v>610386</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>619265</x:v>
+        <x:v>610392</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>31</x:v>
-[...1 lines deleted...]
-      <x:c r="C93" s="3" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="n">
+        <x:v>37489</x:v>
+      </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>24340</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>619267</x:v>
+        <x:v>597042</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>610360</x:v>
+        <x:v>619226</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>610388</x:v>
+        <x:v>619241</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C96" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C96" s="15" t="n">
+        <x:v>37489</x:v>
+      </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J96" s="14" t="s"/>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="J96" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>24340</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>619224</x:v>
+        <x:v>597062</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>619236</x:v>
+        <x:v>619224</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>619239</x:v>
+        <x:v>619236</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="U98" s="16" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>220</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>24252</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>597060</x:v>
+        <x:v>619239</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>597063</x:v>
+        <x:v>597060</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>38718</x:v>
+        <x:v>37489</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>24340</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>617306</x:v>
+        <x:v>597063</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38718</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>617316</x:v>
+        <x:v>617306</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C103" s="3" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C103" s="3" t="n">
+        <x:v>38718</x:v>
+      </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="J103" s="0" t="s">
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>619226</x:v>
+        <x:v>617316</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>619241</x:v>
+        <x:v>610388</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>31</x:v>
-[...1 lines deleted...]
-      <x:c r="C105" s="3" t="s"/>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C105" s="3" t="n">
+        <x:v>37263</x:v>
+      </x:c>
       <x:c r="D105" s="3" t="s"/>
+      <x:c r="E105" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>24340</x:v>
+        <x:v>24021</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>610387</x:v>
+        <x:v>609539</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>31</x:v>
-[...1 lines deleted...]
-      <x:c r="C106" s="15" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="n">
+        <x:v>37489</x:v>
+      </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s"/>
+      <x:c r="E106" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H106" s="14" t="s"/>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J106" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J106" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>24340</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>619268</x:v>
+        <x:v>556771</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>610369</x:v>
+        <x:v>610359</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>619254</x:v>
+        <x:v>610378</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>175</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
-      <x:c r="E109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-        <x:v>121</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>24021</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>609539</x:v>
+        <x:v>610387</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>117</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>118</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
-      <x:c r="E110" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>24252</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>556771</x:v>
+        <x:v>619268</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>610359</x:v>
+        <x:v>610369</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>610378</x:v>
+        <x:v>619254</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7677,368 +7677,367 @@
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>610383</x:v>
+        <x:v>619262</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C118" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C118" s="15" t="n">
+        <x:v>37489</x:v>
+      </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J118" s="14" t="s"/>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J118" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>24340</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>619219</x:v>
+        <x:v>597064</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>619233</x:v>
+        <x:v>591488</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>619262</x:v>
+        <x:v>610383</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>24252</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S121" s="0" t="n">
+        <x:v>619233</x:v>
+      </x:c>
+      <x:c r="T121" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="S121" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>591488</x:v>
+        <x:v>619249</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>619249</x:v>
+        <x:v>619219</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37263</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>253</x:v>
@@ -8117,456 +8116,455 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>597055</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>619261</x:v>
+        <x:v>619234</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>12582</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>607378</x:v>
+        <x:v>619261</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="C128" s="15" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C128" s="15" t="n">
+        <x:v>41310</x:v>
+      </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J128" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J128" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>24340</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>610368</x:v>
+        <x:v>607378</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>610376</x:v>
+        <x:v>610368</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>619218</x:v>
+        <x:v>610376</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>619220</x:v>
+        <x:v>619218</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>619234</x:v>
+        <x:v>619220</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>610385</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -8678,205 +8676,205 @@
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>610367</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>610357</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>610358</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>610356</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35124</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -9004,51 +9002,51 @@
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>619235</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>35124</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -9111,100 +9109,100 @@
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>610384</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>610366</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
@@ -9324,51 +9322,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>494778</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9443,502 +9441,502 @@
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>597069</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>610375</x:v>
+        <x:v>619217</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>619217</x:v>
+        <x:v>610375</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>619247</x:v>
+        <x:v>610365</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>117</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>286</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>287</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>289</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>24021</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>551885</x:v>
+        <x:v>619232</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>619232</x:v>
+        <x:v>610382</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="C156" s="15" t="s"/>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C156" s="15" t="n">
+        <x:v>39177</x:v>
+      </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s"/>
+      <x:c r="E156" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J156" s="14" t="s"/>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="J156" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>24340</x:v>
+        <x:v>24021</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>610365</x:v>
+        <x:v>551885</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>610382</x:v>
+        <x:v>619260</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>619260</x:v>
+        <x:v>610355</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>610355</x:v>
+        <x:v>619247</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 