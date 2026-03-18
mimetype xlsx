--- v0 (2026-03-17)
+++ v1 (2026-03-18)
@@ -296,83 +296,83 @@
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Soudeur assembleur industriel ( TP SAI) + Habilitation GIES 1</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
@@ -827,105 +827,105 @@
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Mention Complémentaire Technicien en Soudage</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blériot</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>TP Soudeur en tuyauterie industrielle + Habilitation GIES 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Louis Blériot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
     <x:t>Soudeur inox suivant la norme ISO 9606-1 + Rccm</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Passerelle soudeur nucléaire + RCCM</x:t>
   </x:si>
   <x:si>
-    <x:t>TP Soudeur en tuyauterie industrielle + Habilitation GIES 1</x:t>
-[...11 lines deleted...]
-    <x:t>01/29/2026 00:00:00</x:t>
+    <x:t>Titre professionnel soudeur en tuyauterie industrielle - Naval</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IS INDUSTRIE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2027 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Pratiquer le Soudage à l'Arc électrique avec Électrode Enrobée (SAEE-111) - Initiation - SDA001-A</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Pratiquer le soudage manuel TIG (141) - Initiation - SDA002-A</x:t>
   </x:si>
   <x:si>
     <x:t>Pratiquer le soudage manuel TIG (141) - Perfectionnement - SDA012-A</x:t>
   </x:si>
@@ -2156,204 +2156,205 @@
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>597751</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>623307</x:v>
+        <x:v>610023</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>51</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>610023</x:v>
+        <x:v>588513</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>588513</x:v>
+        <x:v>623307</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>51</x:v>
@@ -2438,261 +2439,260 @@
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>609939</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="H18" s="14" t="s"/>
+      <x:c r="H18" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="S18" s="14" t="n">
+        <x:v>604488</x:v>
+      </x:c>
+      <x:c r="T18" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="S18" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>78</x:v>
-[...1 lines deleted...]
-      <x:c r="H19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>620183</x:v>
+        <x:v>595769</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>604488</x:v>
+        <x:v>620183</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>610106</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
@@ -2715,51 +2715,51 @@
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>451219</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -2778,161 +2778,161 @@
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>604424</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>616366</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>610937</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -2949,108 +2949,108 @@
       <x:c r="J26" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>604198</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>623313</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -3067,51 +3067,51 @@
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>550206</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -3127,51 +3127,51 @@
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>605643</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -3188,51 +3188,51 @@
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>550207</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -3248,51 +3248,51 @@
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>500951</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
@@ -3331,137 +3331,137 @@
       <x:c r="R32" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>609940</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>566371</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>566372</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
@@ -3483,225 +3483,225 @@
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>500959</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>617534</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>617535</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>610107</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
@@ -3726,51 +3726,51 @@
       <x:c r="J39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>612878</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
@@ -3794,102 +3794,102 @@
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>566314</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>605644</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
@@ -3928,78 +3928,78 @@
       <x:c r="R42" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>609941</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>610108</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
@@ -4216,78 +4216,78 @@
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>451217</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>586066</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
@@ -4445,78 +4445,78 @@
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>547920</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>571680</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
@@ -4561,135 +4561,135 @@
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>604454</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>604517</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>604518</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
@@ -4793,230 +4793,230 @@
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>598065</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>598093</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>532270</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>618229</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -5203,78 +5203,78 @@
       <x:c r="R64" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>550281</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>618220</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
@@ -5321,253 +5321,253 @@
       <x:c r="R66" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>500971</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>618221</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>607396</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>598095</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>598104</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
@@ -6137,137 +6137,137 @@
       <x:c r="R80" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>604445</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>604514</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>575521</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
@@ -6312,90 +6312,90 @@
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>570960</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>579299</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6598,137 +6598,137 @@
       <x:c r="R88" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>607365</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>589764</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>589765</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
@@ -7178,137 +7178,137 @@
       <x:c r="R98" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>558742</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>577353</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>577354</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
@@ -7415,54 +7415,54 @@
       <x:c r="S102" s="14" t="n">
         <x:v>556768</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -7476,54 +7476,54 @@
         <x:v>580702</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -7592,78 +7592,78 @@
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>547924</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>615868</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
@@ -7938,114 +7938,114 @@
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>604456</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>604504</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -8114,78 +8114,78 @@
       <x:c r="R114" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>554809</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>548068</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
@@ -8230,78 +8230,78 @@
       <x:c r="R116" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>613803</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>604508</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
@@ -8405,194 +8405,194 @@
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>598067</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>598097</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>598098</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>598100</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
@@ -8634,78 +8634,78 @@
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>617267</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>532268</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
@@ -8863,78 +8863,78 @@
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>540871</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>572831</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
@@ -8979,194 +8979,194 @@
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>554810</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>548059</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>548061</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>548066</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
@@ -9324,78 +9324,78 @@
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>623305</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>548060</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
@@ -9440,78 +9440,78 @@
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>598064</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>598094</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
@@ -9556,78 +9556,78 @@
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>532199</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>532275</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
@@ -9672,251 +9672,251 @@
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>585767</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>618217</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>618230</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>577356</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>577357</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
@@ -10253,54 +10253,54 @@
         <x:v>583906</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -10488,54 +10488,54 @@
         <x:v>579936</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -10548,54 +10548,54 @@
       <x:c r="S156" s="14" t="n">
         <x:v>606567</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -10725,78 +10725,78 @@
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>571556</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>571681</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
@@ -10841,194 +10841,194 @@
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>604450</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>604511</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>598102</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>598103</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
@@ -11073,194 +11073,194 @@
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>576742</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>618218</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>618219</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>618222</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
@@ -11302,78 +11302,78 @@
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>595771</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>548065</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
@@ -11454,108 +11454,108 @@
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>579161</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>613828</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
@@ -11570,96 +11570,96 @@
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>613802</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>613829</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
@@ -11751,688 +11751,685 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>595770</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>238</x:v>
-[...1 lines deleted...]
-      <x:c r="C178" s="15" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C178" s="15" t="n">
+        <x:v>40477</x:v>
+      </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E178" s="14" t="s"/>
+      <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="J178" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J178" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>614736</x:v>
+        <x:v>604447</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
-      <x:c r="E179" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>550209</x:v>
+        <x:v>604451</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>586065</x:v>
+        <x:v>548067</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>547919</x:v>
+        <x:v>575522</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>547922</x:v>
+        <x:v>570959</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>176</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
+      <x:c r="E183" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F183" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>547926</x:v>
+        <x:v>614736</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s"/>
+      <x:c r="E184" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>618043</x:v>
+        <x:v>550209</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>547918</x:v>
+        <x:v>586065</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="U185" s="4" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>252</x:v>
-[...1 lines deleted...]
-      <x:c r="C186" s="15" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C186" s="15" t="n">
+        <x:v>34502</x:v>
+      </x:c>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E186" s="14" t="s"/>
+      <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="J186" s="14" t="s"/>
+      <x:c r="J186" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>583907</x:v>
+        <x:v>547919</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>255</x:v>
-[...1 lines deleted...]
-      <x:c r="C187" s="3" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C187" s="3" t="n">
+        <x:v>34502</x:v>
+      </x:c>
       <x:c r="D187" s="3" t="s"/>
-      <x:c r="E187" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J187" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>583279</x:v>
+        <x:v>547922</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
-      <x:c r="E188" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>605712</x:v>
+        <x:v>547926</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -12462,135 +12459,135 @@
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>604443</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>604510</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>604515</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
@@ -12685,51 +12682,51 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>598070</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
@@ -12813,54 +12810,54 @@
         <x:v>500955</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -12897,54 +12894,54 @@
       <x:c r="G197" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>604350</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
@@ -12956,167 +12953,167 @@
         <x:v>130</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>547814</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>571587</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>571679</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
@@ -13218,78 +13215,78 @@
       <x:c r="R202" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>604457</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>604506</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
@@ -13373,51 +13370,51 @@
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>598066</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
@@ -13450,90 +13447,90 @@
       <x:c r="R206" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>598071</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>598099</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
@@ -13566,1834 +13563,1836 @@
       <x:c r="R208" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>532204</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>618228</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>548064</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>604507</x:v>
+        <x:v>548058</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>604512</x:v>
+        <x:v>548062</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>604513</x:v>
+        <x:v>548063</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>132</x:v>
-[...1 lines deleted...]
-      <x:c r="C214" s="15" t="s"/>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C214" s="15" t="n">
+        <x:v>40477</x:v>
+      </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>230</x:v>
-[...1 lines deleted...]
-      <x:c r="J214" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J214" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>604683</x:v>
+        <x:v>579300</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>532197</x:v>
+        <x:v>595772</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="H216" s="14" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>493114</x:v>
+        <x:v>589767</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
-      <x:c r="E217" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>580703</x:v>
+        <x:v>618043</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>159</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>580721</x:v>
+        <x:v>547918</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F219" s="0" t="s">
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>131</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>547758</x:v>
+        <x:v>583907</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s"/>
-      <x:c r="F220" s="14" t="s"/>
+      <x:c r="E220" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F220" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="G220" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>571687</x:v>
+        <x:v>583279</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
+      <x:c r="E221" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>604447</x:v>
+        <x:v>605712</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>604451</x:v>
+        <x:v>618047</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>34738</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>548067</x:v>
+        <x:v>547921</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>575522</x:v>
+        <x:v>547928</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>570959</x:v>
+        <x:v>575439</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s"/>
-      <x:c r="F226" s="14" t="s"/>
+      <x:c r="E226" s="14" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F226" s="14" t="s">
+        <x:v>228</x:v>
+      </x:c>
       <x:c r="G226" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>548058</x:v>
+        <x:v>583861</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
+      <x:c r="E227" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F227" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>548062</x:v>
+        <x:v>579935</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>548063</x:v>
+        <x:v>604507</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>579300</x:v>
+        <x:v>604512</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>266</x:v>
-[...1 lines deleted...]
-      <x:c r="H230" s="14" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>595772</x:v>
+        <x:v>604513</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>131</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>623304</x:v>
+        <x:v>604683</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>618047</x:v>
+        <x:v>532197</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>547921</x:v>
+        <x:v>623304</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
-      <x:c r="E234" s="14" t="s"/>
+      <x:c r="E234" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>547928</x:v>
+        <x:v>602275</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
+      <x:c r="E235" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>575439</x:v>
+        <x:v>493114</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
-        <x:v>227</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>583861</x:v>
+        <x:v>580703</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="U236" s="16" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>238</x:v>
-[...1 lines deleted...]
-      <x:c r="C237" s="3" t="s"/>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C237" s="3" t="n">
+        <x:v>40037</x:v>
+      </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J237" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>579935</x:v>
+        <x:v>580721</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>602275</x:v>
+        <x:v>547758</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>589767</x:v>
+        <x:v>571687</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>88</x:v>
@@ -15456,156 +15455,156 @@
       <x:c r="L241" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>620072</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>620073</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>620075</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>88</x:v>
@@ -15834,54 +15833,54 @@
       <x:c r="L248" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>620074</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>88</x:v>
       </x:c>