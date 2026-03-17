--- v1 (2026-03-17)
+++ v2 (2026-03-17)
@@ -293,65 +293,65 @@
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>Métallerie serrurerie</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CRCI - Conception et réalisation en chaudronnerie industrielle</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CAP réalisations industrielles en chaudronnerie ou soudage option B soudage</x:t>
   </x:si>
   <x:si>
     <x:t>Soudage</x:t>
   </x:si>
   <x:si>
     <x:t>CAP composites, plastiques chaudronnés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Matériau composite</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
@@ -638,93 +638,93 @@
   <x:si>
     <x:t>CAP réalisations industrielles en chaudronnerie ou soudage option A chaudronnerie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Réalisations Industrielles en chaudronnerie ou soudage Option A Chaudronnerie</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Ouvrages du bâtiment - Option Métallerie</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation en chaudronnerie industrielle</x:t>
   </x:si>
   <x:si>
+    <x:t>Préparation au CAP métallier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Share-Wood Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Préparation au CAP métallier</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -2072,222 +2072,220 @@
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>623308</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>38727</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s"/>
+      <x:c r="E16" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>22478</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>623309</x:v>
+        <x:v>503333</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>40801</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
-      <x:c r="E17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>602862</x:v>
+        <x:v>623309</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38727</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="H18" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>22478</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>503333</x:v>
+        <x:v>602862</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -2581,157 +2579,156 @@
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>588513</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
-      <x:c r="E25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>602312</x:v>
+        <x:v>595678</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s"/>
+      <x:c r="E26" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>595678</x:v>
+        <x:v>602312</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -2744,178 +2741,178 @@
       <x:c r="K27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>502162</x:v>
+        <x:v>604169</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>37405</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>500989</x:v>
+        <x:v>502162</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38432</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>22871</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>604169</x:v>
+        <x:v>500989</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -6756,282 +6753,284 @@
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>515634</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
+      <x:c r="E97" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>623306</x:v>
+        <x:v>547727</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>500971</x:v>
+        <x:v>623306</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>38568</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>604335</x:v>
+        <x:v>500971</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>547727</x:v>
+        <x:v>604335</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
@@ -8074,51 +8073,51 @@
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22478</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>524089</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>91</x:v>
@@ -8263,1247 +8262,1250 @@
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>594144</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>493114</x:v>
+        <x:v>515652</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>38727</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22478</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>515652</x:v>
+        <x:v>503588</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>38727</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
-      <x:c r="E125" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-        <x:v>152</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>22478</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>154</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>620910</x:v>
+        <x:v>616023</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>151</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>620943</x:v>
+        <x:v>493114</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>38568</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
-      <x:c r="E127" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-        <x:v>152</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>524094</x:v>
+        <x:v>593087</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>39514</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>190</x:v>
-[...1 lines deleted...]
-      <x:c r="H128" s="14" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>22254</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>593082</x:v>
+        <x:v>572446</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>40801</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>618469</x:v>
+        <x:v>588551</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="C130" s="15" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C130" s="15" t="n">
+        <x:v>38337</x:v>
+      </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>195</x:v>
-[...1 lines deleted...]
-      <x:c r="J130" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J130" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>22478</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>611188</x:v>
+        <x:v>595770</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>39514</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>22254</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>540870</x:v>
+        <x:v>618469</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>115</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>22478</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>541902</x:v>
+        <x:v>611188</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>34858</x:v>
+        <x:v>38727</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
+      <x:c r="E133" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22478</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>575482</x:v>
+        <x:v>620910</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>38727</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="H134" s="14" t="s"/>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>22478</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>503588</x:v>
+        <x:v>620943</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
+      <x:c r="E135" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P135" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>616023</x:v>
+        <x:v>524094</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>547758</x:v>
+        <x:v>593082</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
+      <x:c r="E137" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-        <x:v>114</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>572446</x:v>
+        <x:v>547758</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>588551</x:v>
+        <x:v>540870</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>595770</x:v>
+        <x:v>541902</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>34858</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>162</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>593087</x:v>
+        <x:v>575482</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>39514</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>22254</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>606940</x:v>
+        <x:v>500963</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>500963</x:v>
+        <x:v>504934</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>504934</x:v>
+        <x:v>606940</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>91</x:v>