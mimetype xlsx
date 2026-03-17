--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -365,180 +365,180 @@
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bougies : réglementation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afsm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artisanat art</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA LONDE-LES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP arts du bois option tourneur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Tournage sur Bois Jean-François Escoulen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niveau CAP, BEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tournage bois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIGUINES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bougies Masterclass module 12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...74 lines deleted...]
-    <x:t>01/05/2026 00:00:00</x:t>
+    <x:t>CAP Arts du bois - Option A sculpteur ornémaniste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Moulage d'art</x:t>
   </x:si>
   <x:si>
     <x:t>Dos Mares</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Autre public , Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Arts du bois - Option A Sculpteur ornémaniste</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Arts du bois - Option C marqueteur</x:t>
   </x:si>
   <x:si>
     <x:t>Marqueterie</x:t>
   </x:si>
   <x:si>
     <x:t>CAP arts du bois option marqueteur</x:t>
   </x:si>
@@ -2319,111 +2319,106 @@
       <x:c r="K22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>45019</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>590167</x:v>
+        <x:v>591272</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="U22" s="16" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>60</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>45019</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>616491</x:v>
+        <x:v>616793</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38911</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2433,105 +2428,105 @@
       <x:c r="L24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>45019</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>610873</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>45560</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>554821</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38911</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -2544,536 +2539,540 @@
       <x:c r="L26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>45019</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>607263</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38911</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>45019</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>591272</x:v>
+        <x:v>610875</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="C28" s="15" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C28" s="15" t="n">
+        <x:v>38911</x:v>
+      </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="J28" s="14" t="s"/>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>45554</x:v>
+        <x:v>45019</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>616793</x:v>
+        <x:v>581117</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>614982</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38911</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45019</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>610875</x:v>
+        <x:v>590167</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38911</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45019</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>581117</x:v>
+        <x:v>616491</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="U31" s="4" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C32" s="15" t="s"/>
+      <x:c r="C32" s="15" t="n">
+        <x:v>37301</x:v>
+      </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="H32" s="14" t="s"/>
+      <x:c r="H32" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>129</x:v>
-[...1 lines deleted...]
-      <x:c r="J32" s="14" t="s"/>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>45554</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>616267</x:v>
+        <x:v>552666</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>615705</x:v>
+        <x:v>616267</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s"/>
+      <x:c r="K34" s="14" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>45096</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="Q34" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="R34" s="14" t="s">
+      <x:c r="S34" s="14" t="n">
+        <x:v>615705</x:v>
+      </x:c>
+      <x:c r="T34" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="S34" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T34" s="16" t="s">
+      <x:c r="U34" s="16" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>572148</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -3104,117 +3103,117 @@
       <x:c r="R36" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>595598</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>552664</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -3276,233 +3275,233 @@
         <x:v>595597</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>556721</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>556747</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>572149</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -3515,51 +3514,51 @@
       <x:c r="U43" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -3569,51 +3568,51 @@
       <x:c r="T44" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -3641,51 +3640,51 @@
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>595890</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
@@ -3737,51 +3736,51 @@
       <x:c r="U47" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36683</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -3791,51 +3790,51 @@
       <x:c r="T48" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36683</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -3848,51 +3847,51 @@
       <x:c r="U49" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36683</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -3902,51 +3901,51 @@
       <x:c r="T50" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36683</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>173</x:v>
       </x:c>