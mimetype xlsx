--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -704,54 +704,54 @@
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA métiers de l'élevage : développement, production, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée agricole Carmejane - Maurice Plantier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Digne Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>CARMEJANE-LE CHAFFAUT</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion forestière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -2626,106 +2626,100 @@
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>546877</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
-      <x:c r="E25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>496447</x:v>
+        <x:v>592188</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>38</x:v>
@@ -2736,168 +2730,172 @@
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>605828</x:v>
+        <x:v>496447</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>36936</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>21022</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>605829</x:v>
+        <x:v>605828</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>36936</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>105</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21022</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592188</x:v>
+        <x:v>605829</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4674,453 +4672,454 @@
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>554250</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>574923</x:v>
+        <x:v>605497</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
+      <x:c r="E61" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>574924</x:v>
+        <x:v>599636</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>117</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>592187</x:v>
+        <x:v>574923</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>574921</x:v>
+        <x:v>574924</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>574922</x:v>
+        <x:v>592187</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>605497</x:v>
+        <x:v>574921</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>599636</x:v>
+        <x:v>574922</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38653</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5797,339 +5796,339 @@
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>601005</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>38352</x:v>
+        <x:v>35369</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
-      <x:c r="E79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>21042</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>605840</x:v>
+        <x:v>575963</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38653</x:v>
+        <x:v>38352</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>12520</x:v>
+        <x:v>21042</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>551861</x:v>
+        <x:v>549801</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>596693</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>38352</x:v>
+        <x:v>38653</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>21042</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>549801</x:v>
+        <x:v>551861</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>35369</x:v>
+        <x:v>38352</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>21042</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>575963</x:v>
+        <x:v>605840</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>