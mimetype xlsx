--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -443,114 +443,114 @@
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP Agent technique de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP agent technique de prévention et de sécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée professionnel Latécoère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention droit pénal et sciences criminelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours délinquance financière et compliance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Directeur d'entreprises de sécurité privée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de Formation Professionnelle Spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
-  </x:si>
-[...61 lines deleted...]
-    <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Université Prévention des Risques Professionnels</x:t>
   </x:si>
   <x:si>
     <x:t>Audit sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Service Formation Professionnelle For'Pro</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Ajout ou Remplacement de chien sur la carte professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Als Naille Cyno</x:t>
   </x:si>
   <x:si>
     <x:t>13510</x:t>
   </x:si>
@@ -3079,51 +3079,51 @@
       <x:c r="K32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>619907</x:v>
+        <x:v>619909</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -3358,51 +3358,51 @@
       <x:c r="K37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>619909</x:v>
+        <x:v>619907</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -5092,107 +5092,107 @@
       <x:c r="L69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>619912</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>619917</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>