--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -620,72 +620,72 @@
   <x:si>
     <x:t>Licence mention chimie parcours génie chimique, génie des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l’université d’Aix-Marseille spécialité écologie industrielle et environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Écologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention métiers de la radioprotection et de la sécurité nucléaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Radioprotection</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>LA CIOTAT CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat Universitaitre Acteur de la transition environnementale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Latécoère</x:t>
   </x:si>
@@ -3862,392 +3862,395 @@
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>581591</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>41382</x:v>
+        <x:v>40530</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
-      <x:c r="E43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>12520</x:v>
+        <x:v>12556</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>605500</x:v>
+        <x:v>575055</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>39944</x:v>
+        <x:v>40109</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>178</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>12570</x:v>
+        <x:v>24121</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>607273</x:v>
+        <x:v>592391</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>39944</x:v>
+        <x:v>35406</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>12570</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>601752</x:v>
+        <x:v>554940</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>40530</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s"/>
+      <x:c r="E46" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>12556</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>575055</x:v>
+        <x:v>605500</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>40109</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>24121</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="P47" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="Q47" s="4" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="R47" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="S47" s="0" t="n">
+        <x:v>607273</x:v>
+      </x:c>
+      <x:c r="T47" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="U47" s="4" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>35406</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>12587</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>554940</x:v>
+        <x:v>601752</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4297,51 +4300,51 @@
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12556</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>609846</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
@@ -4753,51 +4756,51 @@
       <x:c r="J58" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>596713</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>216</x:v>
@@ -4905,51 +4908,51 @@
       <x:c r="G61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>575990</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
@@ -5009,66 +5012,66 @@
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40530</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>12556</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>605768</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">