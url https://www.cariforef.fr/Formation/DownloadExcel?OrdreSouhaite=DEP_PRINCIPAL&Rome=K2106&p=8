--- v1 (2026-03-17)
+++ v2 (2026-03-17)
@@ -209,74 +209,74 @@
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation examen concours</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences éducation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
-    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de l'éducation et de la formation</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Animation socioculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
@@ -524,105 +524,105 @@
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner en lycée professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à l’agrégation d’Histoire</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de l'éducation et de la formation parcours éducation et apprentissages à l'école primaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la philosophie, les sciences économiques et sociales au LGT</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à l’agrégation de lettres modernes</x:t>
   </x:si>
   <x:si>
-    <x:t>02/23/2026 00:00:00</x:t>
-[...11 lines deleted...]
-    <x:t>Licence mention sciences de l'éducation et de la formation parcours éducation et apprentissages à l'école primaire</x:t>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Concevoir et animer une formation dans un espace collaboratif : Klaxoon</x:t>
   </x:si>
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours anglais</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>Animer une classe virtuelle engageante</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>Animer et évaluer sa formation avec Chat GPT</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
@@ -1403,356 +1403,358 @@
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>553174</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="C5" s="3" t="s"/>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C5" s="3" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="s">
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>15073</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>600864</x:v>
+        <x:v>581544</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>15073</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>581544</x:v>
+        <x:v>600864</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>553171</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38185</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>595449</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="H9" s="0" t="s">
+      <x:c r="I9" s="4" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>581545</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>592386</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
@@ -1975,51 +1977,51 @@
       <x:c r="G15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>575945</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
@@ -2150,51 +2152,51 @@
       <x:c r="G18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>575944</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
@@ -2207,51 +2209,51 @@
       <x:c r="G19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>575949</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
@@ -2634,51 +2636,51 @@
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>575946</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
@@ -2693,51 +2695,51 @@
       <x:c r="G28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>575947</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
@@ -2750,51 +2752,51 @@
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>575950</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
@@ -2809,51 +2811,51 @@
       <x:c r="G30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>575951</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
@@ -3360,51 +3362,51 @@
       <x:c r="G40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>575942</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
@@ -3417,51 +3419,51 @@
       <x:c r="G41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>575943</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
@@ -3476,51 +3478,51 @@
       <x:c r="G42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>575948</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
@@ -3533,51 +3535,51 @@
       <x:c r="G43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>575952</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
@@ -4181,51 +4183,51 @@
       <x:c r="G55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>575940</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
@@ -4364,261 +4366,239 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>588364</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>117</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>574915</x:v>
+        <x:v>588359</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>117</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>25</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>574918</x:v>
+        <x:v>597978</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-        <x:v>124</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>610967</x:v>
+        <x:v>597985</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>592387</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>75</x:v>
@@ -4632,853 +4612,873 @@
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>597976</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>25</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>15073</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>575938</x:v>
+        <x:v>553169</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>145</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>575939</x:v>
+        <x:v>597975</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>575941</x:v>
+        <x:v>581335</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C67" s="3" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="n">
+        <x:v>40113</x:v>
+      </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J67" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>44586</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>588362</x:v>
+        <x:v>574915</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>156</x:v>
-[...1 lines deleted...]
-      <x:c r="C68" s="15" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C68" s="15" t="n">
+        <x:v>40113</x:v>
+      </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J68" s="14" t="s"/>
+      <x:c r="J68" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>44583</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>598358</x:v>
+        <x:v>574918</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C69" s="3" t="s"/>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>44586</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>588359</x:v>
+        <x:v>610967</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="C70" s="15" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C70" s="15" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>75</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="J70" s="14" t="s"/>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J70" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>44586</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>597978</x:v>
+        <x:v>575938</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="C71" s="3" t="s"/>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C71" s="3" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>44586</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>597985</x:v>
+        <x:v>575939</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="C72" s="15" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C72" s="15" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>75</x:v>
-[...1 lines deleted...]
-      <x:c r="H72" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="J72" s="14" t="s"/>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J72" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>44586</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>597975</x:v>
+        <x:v>575941</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>581335</x:v>
+        <x:v>588362</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="H74" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>15073</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>553169</x:v>
+        <x:v>598358</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="C75" s="3" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="n">
+        <x:v>40113</x:v>
+      </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="J75" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>15073</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>600861</x:v>
+        <x:v>592384</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>44554</x:v>
+        <x:v>15073</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>602910</x:v>
+        <x:v>600861</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>166</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>592384</x:v>
+        <x:v>602910</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>579011</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>69</x:v>
@@ -5536,100 +5536,100 @@
         <x:v>69</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>602958</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>553170</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -5695,68 +5695,68 @@
       <x:c r="J83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>587477</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
@@ -5797,51 +5797,51 @@
       <x:c r="I85" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>602912</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -5899,51 +5899,51 @@
       <x:c r="I87" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>602900</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -5952,100 +5952,100 @@
         <x:v>69</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>602915</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>602898</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>68</x:v>
       </x:c>