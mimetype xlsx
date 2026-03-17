--- v2 (2026-03-17)
+++ v3 (2026-03-17)
@@ -13391,327 +13391,327 @@
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>553398</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>36500</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>608947</x:v>
+        <x:v>617023</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>617023</x:v>
+        <x:v>617027</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>617027</x:v>
+        <x:v>617016</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>617016</x:v>
+        <x:v>617020</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>37274</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
-      <x:c r="E202" s="14" t="s"/>
+      <x:c r="E202" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>33091</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>617020</x:v>
+        <x:v>608947</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>