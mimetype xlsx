--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -275,69 +275,69 @@
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Thiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention biologie structurale, génomique parcours génomique et analyse des données</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et biologie (TB), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours biochimie structurale</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur biologie et e-santé</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et biologie (TB), 2e année</x:t>
   </x:si>
@@ -1342,199 +1342,201 @@
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>581554</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>576147</x:v>
+        <x:v>592949</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>592912</x:v>
+        <x:v>576147</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>12233</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>592949</x:v>
+        <x:v>592912</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>52</x:v>
@@ -1617,75 +1619,75 @@
         <x:v>80</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>615861</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>592947</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
@@ -1721,78 +1723,78 @@
         <x:v>84</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>595485</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>595476</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>50</x:v>
       </x:c>