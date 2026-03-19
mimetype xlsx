--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -299,96 +299,96 @@
   <x:si>
     <x:t>Bac pro géomètre (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel géomètre topographe d'entreprise du bâtiment et des travaux publics (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS MGTMN - Métiers du Géomètre Topographe et de la Modélisation Numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS métiers du géomètre-topographe et de la modélisation numérique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée René Caillé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
-  </x:si>
-[...43 lines deleted...]
-    <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>[Revit] Electricité - FBIM - 5 jours</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Tm - Fbim</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
@@ -1366,51 +1366,51 @@
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>597566</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>37707</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>11067</x:v>
@@ -1423,51 +1423,51 @@
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>595691</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>37707</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>11067</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>63</x:v>
@@ -1535,339 +1535,340 @@
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>602116</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>39269</x:v>
+        <x:v>37100</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>550444</x:v>
+        <x:v>546175</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>37100</x:v>
+        <x:v>37707</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>12225</x:v>
+        <x:v>11067</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>546175</x:v>
+        <x:v>543640</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37707</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
+      <x:c r="E13" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="G13" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="H13" s="0" t="s">
+      <x:c r="I13" s="4" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>11067</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>543640</x:v>
+        <x:v>547718</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="U13" s="4" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>37707</x:v>
+        <x:v>37100</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>11067</x:v>
+        <x:v>12225</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q14" s="16" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="R14" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="S14" s="14" t="n">
+        <x:v>498973</x:v>
+      </x:c>
+      <x:c r="T14" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="Q14" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>37100</x:v>
+        <x:v>39269</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>498973</x:v>
+        <x:v>550444</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39269</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -1891,149 +1892,149 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>597569</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37707</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="H17" s="0" t="s">
+      <x:c r="I17" s="4" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>11067</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>611244</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37100</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>601726</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
@@ -2168,51 +2169,51 @@
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>610029</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37100</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>