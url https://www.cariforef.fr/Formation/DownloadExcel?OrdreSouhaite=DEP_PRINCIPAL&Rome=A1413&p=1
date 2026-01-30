--- v0 (2025-10-12)
+++ v1 (2026-01-30)
@@ -24,51 +24,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:loext="http://schemas.libreoffice.org/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Calc"/>
   <x:workbookPr showObjects="all" backupFile="false" codeName="ThisWorkbook"/>
   <x:workbookProtection/>
   <x:bookViews>
     <x:workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="resultats d'extraction" sheetId="1" r:id="rId3"/>
     <x:sheet name="rappel des filtres" sheetId="2" r:id="rId4"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'resultats d''extraction'!$A$1:$U$1</x:definedName>
   </x:definedNames>
   <x:calcPr refMode="A1" iterate="false" iterateCount="100" iterateDelta="0.0001"/>
   <x:extLst>
     <x:ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="116">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="114">
   <x:si>
     <x:t>Formation 
  (professionnelle continue / en contrat de pro /
 scolaire, universitaire / en apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intitulé Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Code RNCP</x:t>
   </x:si>
   <x:si>
     <x:t>Code RS (Répertoire Spécifique)</x:t>
   </x:si>
   <x:si>
     <x:t>Financeur</x:t>
   </x:si>
   <x:si>
     <x:t>Programme 
 (PRF, etc.)</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme responsable</x:t>
   </x:si>
   <x:si>
@@ -134,330 +134,324 @@
         <x:family val="2"/>
       </x:rPr>
       <x:t>(libellé)</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro conduite et gestion de l'entreprise vitivinicole (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion exploitation agricole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAMBESC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional Agricole Public PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSET niveau 1 vins, spiritueux ou sakés japonais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weeno</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sommellerie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSET niveau 3 vins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSET niveau 2 vins ou spiritueux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viticulture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA viticulture-oenologie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation en Commerce et Oenologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biérologue-zythologue (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brasserie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro conduite et gestion de l'entreprise vitivinicole</x:t>
   </x:si>
   <x:si>
-    <x:t>MFR</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
-    <x:t>dates fixes</x:t>
-[...146 lines deleted...]
-    <x:t>09/11/2026 00:00:00</x:t>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Agricampus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères - Antenne Les Arcs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères - Antenne Les Arcs</x:t>
-[...47 lines deleted...]
-    <x:t>HYERES CEDEX</x:t>
+    <x:t>Akteap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pierre Le Roy de Boiseaumarié - Château Mongin (Lycée Professionnel Agricole et Viticole d'Orange)</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
+    <x:t>Maison Familiale et Rurale de Richerenches</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RICHERENCHES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DU Technicien de process brassicole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFREO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA viticulture-oenologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Professionnel Agricole</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -907,51 +901,51 @@
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:U1"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
     <x:col min="2" max="2" width="66.330625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="13.885425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.495425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="48.790625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
-    <x:col min="11" max="11" width="87.320625" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="85.230625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="101.940625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
     <x:col min="18" max="18" width="37.350625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="10" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="11" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="11" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -993,1878 +987,2364 @@
       </x:c>
       <x:c r="Q1" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="10" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="S1" s="12" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="T1" s="10" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="U1" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:21">
       <x:c r="A2" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B2" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C2" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D2" s="15" t="s"/>
-      <x:c r="E2" s="14" t="s"/>
+      <x:c r="E2" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F2" s="14" t="s"/>
       <x:c r="G2" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H2" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H2" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I2" s="16" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J2" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K2" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L2" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M2" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N2" s="15" t="n">
+        <x:v>21052</x:v>
+      </x:c>
+      <x:c r="O2" s="14" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="P2" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="J2" s="14" t="s">
-[...2 lines deleted...]
-      <x:c r="K2" s="14" t="s">
+      <x:c r="Q2" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="L2" s="14" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R2" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>596667</x:v>
+        <x:v>459112</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
-        <x:v>36002</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="G3" s="0" t="s">
+      <x:c r="H3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="H3" s="0" t="s">
+      <x:c r="I3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="I3" s="4" t="s">
+      <x:c r="J3" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K3" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="J3" s="0" t="s">
+      <x:c r="M3" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N3" s="3" t="n">
+        <x:v>21052</x:v>
+      </x:c>
+      <x:c r="O3" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="P3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="K3" s="0" t="s">
+      <x:c r="Q3" s="4" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>541852</x:v>
+        <x:v>447272</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
-      <x:c r="E4" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H4" s="14" t="s"/>
+      <x:c r="I4" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="H4" s="14" t="s">
+      <x:c r="J4" s="14" t="s"/>
+      <x:c r="K4" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="I4" s="16" t="s">
+      <x:c r="L4" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M4" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N4" s="15" t="n">
+        <x:v>42739</x:v>
+      </x:c>
+      <x:c r="O4" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="J4" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="L4" s="14" t="s">
+      <x:c r="P4" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="Q4" s="16" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="R4" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="M4" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="O4" s="14" t="s">
+      <x:c r="S4" s="14" t="n">
+        <x:v>489052</x:v>
+      </x:c>
+      <x:c r="T4" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="P4" s="14" t="s">
+      <x:c r="U4" s="16" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>489053</x:v>
+        <x:v>489054</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>489054</x:v>
+        <x:v>489053</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>546101</x:v>
+        <x:v>512508</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>558671</x:v>
+        <x:v>541852</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="G9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>558212</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>29259</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H10" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="I10" s="16" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J10" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K10" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L10" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M10" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N10" s="15" t="n">
+        <x:v>21053</x:v>
+      </x:c>
+      <x:c r="O10" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P10" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="Q10" s="16" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="R10" s="14" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="S10" s="14" t="n">
+        <x:v>558671</x:v>
+      </x:c>
+      <x:c r="T10" s="16" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="U10" s="16" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...40 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>512508</x:v>
+        <x:v>546101</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="C12" s="15" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C12" s="15" t="n">
+        <x:v>39887</x:v>
+      </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s"/>
+      <x:c r="E12" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="14" t="s"/>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="J12" s="14" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="J12" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="K12" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L12" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M12" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N12" s="15" t="n">
+        <x:v>21520</x:v>
+      </x:c>
+      <x:c r="O12" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="P12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="L12" s="14" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>489052</x:v>
+        <x:v>564110</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>39887</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>21520</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="Q13" s="4" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="R13" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="S13" s="0" t="n">
+        <x:v>599635</x:v>
+      </x:c>
+      <x:c r="T13" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="U13" s="4" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>549881</x:v>
+        <x:v>605852</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>29259</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
-      <x:c r="E15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M15" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>21053</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="K15" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>447270</x:v>
+        <x:v>596667</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s"/>
+      <x:c r="E16" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="H16" s="14" t="s"/>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>596664</x:v>
+        <x:v>598929</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="C17" s="3" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="n">
+        <x:v>38077</x:v>
+      </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>21511</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>579504</x:v>
+        <x:v>596664</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>596665</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="G19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>496478</x:v>
+        <x:v>605794</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>549819</x:v>
+        <x:v>549881</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="G21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>496358</x:v>
+        <x:v>605851</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>45</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>496479</x:v>
+        <x:v>611642</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>596663</x:v>
+        <x:v>611643</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>518816</x:v>
+        <x:v>549819</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="G25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>496362</x:v>
+        <x:v>496358</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>518815</x:v>
+        <x:v>496478</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="C27" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="n">
+        <x:v>29259</x:v>
+      </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J27" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>21520</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>598267</x:v>
+        <x:v>447270</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="Q28" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>549880</x:v>
+        <x:v>447271</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="Q29" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>596444</x:v>
+        <x:v>518815</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s"/>
+      <x:c r="E30" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="S30" s="14" t="n">
+        <x:v>518816</x:v>
+      </x:c>
+      <x:c r="T30" s="16" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="U30" s="16" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>29259</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="G31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>447271</x:v>
+        <x:v>496479</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P32" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="S32" s="14" t="n">
+        <x:v>496362</x:v>
+      </x:c>
+      <x:c r="T32" s="16" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="U32" s="16" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:21">
+      <x:c r="A33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>38077</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G33" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="I33" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K33" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L33" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="M33" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N33" s="3" t="n">
+        <x:v>21053</x:v>
+      </x:c>
+      <x:c r="O33" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P33" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="S33" s="0" t="n">
+        <x:v>549820</x:v>
+      </x:c>
+      <x:c r="T33" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="U33" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:21">
+      <x:c r="A34" s="13" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B34" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="n">
+        <x:v>36002</x:v>
+      </x:c>
+      <x:c r="D34" s="15" t="s"/>
+      <x:c r="E34" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F34" s="14" t="s"/>
+      <x:c r="G34" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="I34" s="16" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="K34" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L34" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="M34" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N34" s="15" t="n">
+        <x:v>21053</x:v>
+      </x:c>
+      <x:c r="O34" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P34" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="S34" s="14" t="n">
+        <x:v>549880</x:v>
+      </x:c>
+      <x:c r="T34" s="16" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="U34" s="16" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:21">
+      <x:c r="A35" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="s"/>
+      <x:c r="D35" s="3" t="s"/>
+      <x:c r="G35" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K35" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="P32" s="14" t="s">
+      <x:c r="M35" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N35" s="3" t="n">
+        <x:v>21520</x:v>
+      </x:c>
+      <x:c r="O35" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="P35" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="S35" s="0" t="n">
+        <x:v>598267</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="U35" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:21">
+      <x:c r="A36" s="13" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B36" s="14" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="n">
+        <x:v>38077</x:v>
+      </x:c>
+      <x:c r="D36" s="15" t="s"/>
+      <x:c r="E36" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F36" s="14" t="s"/>
+      <x:c r="G36" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="I36" s="16" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K36" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L36" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="M36" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N36" s="15" t="n">
+        <x:v>21053</x:v>
+      </x:c>
+      <x:c r="O36" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P36" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R36" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="Q32" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="R32" s="14" t="s">
+      <x:c r="S36" s="14" t="n">
+        <x:v>605795</x:v>
+      </x:c>
+      <x:c r="T36" s="16" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="U36" s="16" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:21">
+      <x:c r="A37" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="n">
+        <x:v>38077</x:v>
+      </x:c>
+      <x:c r="D37" s="3" t="s"/>
+      <x:c r="G37" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="I37" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="S32" s="14" t="n">
-[...6 lines deleted...]
-        <x:v>32</x:v>
+      <x:c r="J37" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K37" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="L37" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M37" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N37" s="3" t="n">
+        <x:v>21053</x:v>
+      </x:c>
+      <x:c r="O37" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P37" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R37" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="S37" s="0" t="n">
+        <x:v>596666</x:v>
+      </x:c>
+      <x:c r="T37" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="U37" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:21">
+      <x:c r="A38" s="13" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B38" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C38" s="15" t="n">
+        <x:v>36002</x:v>
+      </x:c>
+      <x:c r="D38" s="15" t="s"/>
+      <x:c r="E38" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F38" s="14" t="s"/>
+      <x:c r="G38" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="I38" s="16" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J38" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="K38" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L38" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="M38" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N38" s="15" t="n">
+        <x:v>21053</x:v>
+      </x:c>
+      <x:c r="O38" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P38" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="S38" s="14" t="n">
+        <x:v>605853</x:v>
+      </x:c>
+      <x:c r="T38" s="16" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="U38" s="16" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:21">
+      <x:c r="A39" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>36002</x:v>
+      </x:c>
+      <x:c r="D39" s="3" t="s"/>
+      <x:c r="G39" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J39" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="K39" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="L39" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M39" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N39" s="3" t="n">
+        <x:v>21053</x:v>
+      </x:c>
+      <x:c r="O39" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P39" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="S39" s="0" t="n">
+        <x:v>596444</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="U39" s="4" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:21">
+      <x:c r="A40" s="13" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B40" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="n">
+        <x:v>38077</x:v>
+      </x:c>
+      <x:c r="D40" s="15" t="s"/>
+      <x:c r="E40" s="14" t="s"/>
+      <x:c r="F40" s="14" t="s"/>
+      <x:c r="G40" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
+      <x:c r="I40" s="16" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J40" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K40" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="L40" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M40" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N40" s="15" t="n">
+        <x:v>21053</x:v>
+      </x:c>
+      <x:c r="O40" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="P40" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="S40" s="14" t="n">
+        <x:v>596663</x:v>
+      </x:c>
+      <x:c r="T40" s="16" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="U40" s="16" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:A12"/>
   <x:sheetViews>
     <x:sheetView defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:selection activeCell="A6" sqref="A6"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="12.144219" defaultRowHeight="15" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="36.71" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A6" s="8" t="s"/>
     </x:row>
     <x:row r="8" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A8" s="8" t="s"/>
     </x:row>
     <x:row r="12" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A12" s="8" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="false" differentFirst="false">
     <x:oddHeader/>
     <x:oddFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">