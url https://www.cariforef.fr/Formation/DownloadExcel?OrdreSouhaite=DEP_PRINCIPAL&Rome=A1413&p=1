--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -24,51 +24,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:loext="http://schemas.libreoffice.org/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Calc"/>
   <x:workbookPr showObjects="all" backupFile="false" codeName="ThisWorkbook"/>
   <x:workbookProtection/>
   <x:bookViews>
     <x:workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="resultats d'extraction" sheetId="1" r:id="rId3"/>
     <x:sheet name="rappel des filtres" sheetId="2" r:id="rId4"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'resultats d''extraction'!$A$1:$U$1</x:definedName>
   </x:definedNames>
   <x:calcPr refMode="A1" iterate="false" iterateCount="100" iterateDelta="0.0001"/>
   <x:extLst>
     <x:ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="114">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="107">
   <x:si>
     <x:t>Formation 
  (professionnelle continue / en contrat de pro /
 scolaire, universitaire / en apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intitulé Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Code RNCP</x:t>
   </x:si>
   <x:si>
     <x:t>Code RS (Répertoire Spécifique)</x:t>
   </x:si>
   <x:si>
     <x:t>Financeur</x:t>
   </x:si>
   <x:si>
     <x:t>Programme 
 (PRF, etc.)</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme responsable</x:t>
   </x:si>
   <x:si>
@@ -137,321 +137,300 @@
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
+    <x:t>BTSA viticulture-oenologie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional Agricole Public PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viticulture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro conduite et gestion de l'entreprise vitivinicole (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>OPCO</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13410</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
-    <x:t>formation entièrement présentielle</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Gestion exploitation agricole</x:t>
   </x:si>
   <x:si>
     <x:t>LAMBESC</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CFA Régional Agricole Public PACA</x:t>
-[...8 lines deleted...]
-    <x:t>permanente</x:t>
+    <x:t>Institut de Formation en Commerce et Oenologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSET niveau 1 vins, spiritueux ou sakés japonais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weeno</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sommellerie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro conduite et gestion de l'entreprise vitivinicole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
   <x:si>
-    <x:t>GARDANNE</x:t>
-[...26 lines deleted...]
-    <x:t>12/31/2026 00:00:00</x:t>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WSET niveau 3 vins</x:t>
   </x:si>
   <x:si>
     <x:t>WSET niveau 2 vins ou spiritueux</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Viticulture</x:t>
-[...41 lines deleted...]
-    <x:t>09/08/2025 00:00:00</x:t>
+    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Biérologue-zythologue (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Brasserie</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères - Antenne Les Arcs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES ARCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akteap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Privé Provence Verte</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères - Antenne Les Arcs</x:t>
-[...23 lines deleted...]
-    <x:t>Lycée Privé Provence Verte</x:t>
+    <x:t>Maison Familiale et Rurale de Richerenches</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RICHERENCHES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA viticulture-oenologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Agricole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pierre Le Roy de Boiseaumarié - Château Mongin (Lycée Professionnel Agricole et Viticole d'Orange)</x:t>
   </x:si>
   <x:si>
-    <x:t>84100</x:t>
-[...14 lines deleted...]
-    <x:t>07/05/2026 00:00:00</x:t>
+    <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>Lycée Professionnel Agricole</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -987,2364 +966,2314 @@
       </x:c>
       <x:c r="Q1" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="10" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="S1" s="12" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="T1" s="10" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="U1" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:21">
       <x:c r="A2" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B2" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C2" s="15" t="n">
-        <x:v>29259</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D2" s="15" t="s"/>
       <x:c r="E2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F2" s="14" t="s"/>
       <x:c r="G2" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I2" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>459112</x:v>
+        <x:v>558212</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
-        <x:v>29259</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>447272</x:v>
+        <x:v>605852</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="C4" s="15" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="C4" s="15" t="n">
+        <x:v>29259</x:v>
+      </x:c>
       <x:c r="D4" s="15" t="s"/>
-      <x:c r="E4" s="14" t="s"/>
+      <x:c r="E4" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H4" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="I4" s="16" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="J4" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="K4" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L4" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="H4" s="14" t="s"/>
-      <x:c r="I4" s="16" t="s">
+      <x:c r="M4" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N4" s="15" t="n">
+        <x:v>21052</x:v>
+      </x:c>
+      <x:c r="O4" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="J4" s="14" t="s"/>
-      <x:c r="K4" s="14" t="s">
+      <x:c r="P4" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="Q4" s="16" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="R4" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="L4" s="14" t="s">
-[...8 lines deleted...]
-      <x:c r="O4" s="14" t="s">
+      <x:c r="S4" s="14" t="n">
+        <x:v>459112</x:v>
+      </x:c>
+      <x:c r="T4" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="P4" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="R4" s="14" t="s">
+      <x:c r="U4" s="16" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C5" s="3" t="n">
+        <x:v>36002</x:v>
+      </x:c>
+      <x:c r="D5" s="3" t="s"/>
+      <x:c r="E5" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G5" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="I5" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C5" s="3" t="s"/>
-[...1 lines deleted...]
-      <x:c r="G5" s="0" t="s">
+      <x:c r="J5" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K5" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="I5" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>42739</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="S5" s="0" t="n">
+        <x:v>541852</x:v>
+      </x:c>
+      <x:c r="T5" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="U5" s="4" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>489053</x:v>
+        <x:v>489052</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
-      <x:c r="E7" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>512508</x:v>
+        <x:v>596667</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>541852</x:v>
+        <x:v>512508</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>36002</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>558212</x:v>
+        <x:v>447272</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>558671</x:v>
+        <x:v>598929</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>546101</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s"/>
+      <x:c r="I12" s="16" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J12" s="14" t="s"/>
+      <x:c r="K12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="H12" s="14" t="s">
+      <x:c r="L12" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="M12" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N12" s="15" t="n">
+        <x:v>42739</x:v>
+      </x:c>
+      <x:c r="O12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="I12" s="16" t="s">
+      <x:c r="P12" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="Q12" s="16" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="R12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="J12" s="14" t="s">
+      <x:c r="S12" s="14" t="n">
+        <x:v>489054</x:v>
+      </x:c>
+      <x:c r="T12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="K12" s="14" t="s">
-[...20 lines deleted...]
-      <x:c r="R12" s="14" t="s">
+      <x:c r="U12" s="16" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
-      <x:c r="E13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>42739</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>599635</x:v>
+        <x:v>489053</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>605852</x:v>
+        <x:v>599635</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="B15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>39887</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
+      <x:c r="E15" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="M15" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>21520</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="Q15" s="4" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="S15" s="0" t="n">
+        <x:v>564110</x:v>
+      </x:c>
+      <x:c r="T15" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="L15" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>598929</x:v>
+        <x:v>558671</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>596664</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s"/>
+      <x:c r="E18" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="H18" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>596665</x:v>
+        <x:v>549819</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>605794</x:v>
+        <x:v>447270</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>549881</x:v>
+        <x:v>605851</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>605851</x:v>
+        <x:v>611642</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H22" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>611642</x:v>
+        <x:v>496358</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>611643</x:v>
+        <x:v>496478</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>549819</x:v>
+        <x:v>596665</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>496358</x:v>
+        <x:v>605794</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>496478</x:v>
+        <x:v>611643</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>29259</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>447270</x:v>
+        <x:v>549881</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>29259</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>447271</x:v>
+        <x:v>518815</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>518815</x:v>
+        <x:v>596444</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>518816</x:v>
+        <x:v>605853</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
-      <x:c r="E31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>496479</x:v>
+        <x:v>596666</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>496362</x:v>
+        <x:v>549880</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>549820</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>549880</x:v>
+        <x:v>496479</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>103</x:v>
-[...1 lines deleted...]
-      <x:c r="C35" s="3" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>38077</x:v>
+      </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>21520</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>598267</x:v>
+        <x:v>605795</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>605795</x:v>
+        <x:v>496362</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>596666</x:v>
+        <x:v>447271</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>605853</x:v>
+        <x:v>596663</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>596444</x:v>
+        <x:v>518816</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>67</x:v>
-[...56 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:A12"/>
   <x:sheetViews>
     <x:sheetView defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:selection activeCell="A6" sqref="A6"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="12.144219" defaultRowHeight="15" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="36.71" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A6" s="8" t="s"/>
     </x:row>
     <x:row r="8" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A8" s="8" t="s"/>
     </x:row>
     <x:row r="12" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A12" s="8" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="false" differentFirst="false">
     <x:oddHeader/>
     <x:oddFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">