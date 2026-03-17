--- v2 (2026-03-17)
+++ v3 (2026-03-17)
@@ -1703,178 +1703,178 @@
       <x:c r="K14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>599635</x:v>
+        <x:v>558671</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>39887</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>21520</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>564110</x:v>
+        <x:v>599635</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>39887</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>21520</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>558671</x:v>
+        <x:v>564110</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -3024,100 +3024,100 @@
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>496362</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>29259</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>447271</x:v>
+        <x:v>518816</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -3141,100 +3141,100 @@
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>596663</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>518816</x:v>
+        <x:v>447271</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>