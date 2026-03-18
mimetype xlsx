--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -497,128 +497,128 @@
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF</x:t>
   </x:si>
   <x:si>
     <x:t>SPS 13</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>8-c</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
+    <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Saint Laurent du Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conducteur taxi</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Nationale des Taxis Indépendants</x:t>
   </x:si>
   <x:si>
     <x:t>FNTI</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-DIDIER</x:t>
   </x:si>
   <x:si>
-    <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Saint Laurent du Var</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Vitrolles</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transport de personnes à mobilité réduite</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Régional de Formation Professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>IRFOP PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
-    <x:t>Transport de personnes à mobilité réduite</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation Ecaf</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie BE avec code</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
-    <x:t>CANNES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Luberon Ecole de Conduite</x:t>
   </x:si>
   <x:si>
     <x:t>LEC</x:t>
   </x:si>
   <x:si>
     <x:t>13860</x:t>
   </x:si>
   <x:si>
     <x:t>PEYROLLES-EN-PROVENCE</x:t>
@@ -632,54 +632,54 @@
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Automobile Club Gard Lozère Adèche</x:t>
   </x:si>
   <x:si>
     <x:t>ACGLA</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation taxi mobilité</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2022 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Formation taxi mobilité</x:t>
   </x:si>
   <x:si>
     <x:t>Formation VTC recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite VTC</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -3800,259 +3800,258 @@
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>598589</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="I50" s="16" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K50" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L50" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="M50" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N50" s="15" t="n">
+        <x:v>31812</x:v>
+      </x:c>
+      <x:c r="O50" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="P50" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="Q50" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="H50" s="14" t="s">
+      <x:c r="R50" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="I50" s="16" t="s">
-[...26 lines deleted...]
-      </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>605393</x:v>
+        <x:v>608562</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>602631</x:v>
+        <x:v>605393</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>602719</x:v>
+        <x:v>602631</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>608562</x:v>
+        <x:v>602719</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>136</x:v>
@@ -4082,916 +4081,917 @@
         <x:v>136</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>599826</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>155</x:v>
-[...2 lines deleted...]
-        <x:v>156</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="R55" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="Q55" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>603068</x:v>
+        <x:v>598587</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>598608</x:v>
+        <x:v>598588</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>598633</x:v>
+        <x:v>598593</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>134</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>600775</x:v>
+        <x:v>598605</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>602723</x:v>
+        <x:v>603068</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>598595</x:v>
+        <x:v>598608</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>598607</x:v>
+        <x:v>598633</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>600683</x:v>
+        <x:v>600775</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="J63" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>598594</x:v>
+        <x:v>602723</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>598606</x:v>
+        <x:v>598595</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>143</x:v>
-[...2 lines deleted...]
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>605395</x:v>
+        <x:v>598607</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>147</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>598587</x:v>
+        <x:v>605395</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="J67" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>598588</x:v>
+        <x:v>600683</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>598593</x:v>
+        <x:v>598594</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>598605</x:v>
+        <x:v>598606</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>605394</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>552128</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -5019,130 +5019,130 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>599827</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>598609</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>598632</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
@@ -5159,51 +5159,51 @@
       <x:c r="J75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>601510</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -5282,130 +5282,130 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>598604</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>598610</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>598634</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
@@ -5442,227 +5442,227 @@
         <x:v>140</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>598602</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>598638</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>598637</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>598636</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>583462</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
@@ -5676,51 +5676,51 @@
       <x:c r="I85" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>494577</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -5731,51 +5731,51 @@
         <x:v>184</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>494565</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>183</x:v>
@@ -5783,51 +5783,51 @@
       <x:c r="I87" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>494575</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -5907,346 +5907,346 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>494576</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>362466</x:v>
+        <x:v>364595</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>364595</x:v>
+        <x:v>362466</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31821</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>364597</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>364594</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>31821</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>364596</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>362465</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">