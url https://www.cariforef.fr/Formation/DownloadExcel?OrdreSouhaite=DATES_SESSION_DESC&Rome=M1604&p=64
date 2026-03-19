--- v1 (2026-03-19)
+++ v2 (2026-03-19)
@@ -1688,57 +1688,57 @@
   <x:si>
     <x:t>06/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/23/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
@@ -17749,337 +17749,338 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>548166</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>120</x:v>
-[...1 lines deleted...]
-      <x:c r="H256" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>617721</x:v>
+        <x:v>604420</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>610273</x:v>
+        <x:v>606563</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>604484</x:v>
+        <x:v>617721</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
+      <x:c r="E259" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>604420</x:v>
+        <x:v>610273</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
-      <x:c r="E260" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>606563</x:v>
+        <x:v>604484</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -21274,292 +21275,292 @@
       <x:c r="J318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>602073</x:v>
+        <x:v>546832</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
-      <x:c r="E319" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>546832</x:v>
+        <x:v>587314</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
-      <x:c r="E320" s="14" t="s"/>
+      <x:c r="E320" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>404</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>587314</x:v>
+        <x:v>545050</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>603</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>545050</x:v>
+        <x:v>545051</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>545051</x:v>
+        <x:v>602073</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>107</x:v>
       </x:c>