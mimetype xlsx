--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -224,62 +224,62 @@
   <x:si>
     <x:t>ANF</x:t>
   </x:si>
   <x:si>
     <x:t>30660</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme permettant d'exercer la fonction de conseiller funéraire et assimilé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Primo-arrivant , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dirigeant pompes funèbres</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme permettant d'exercer la fonction de conseiller funéraire et assimilé</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formations Funéraires d'Arimathie</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SOLLIES-TOUCAS</x:t>
@@ -323,132 +323,132 @@
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut de Thanatologie Phocéen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Cadre demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut de Thanatologie Phocéen</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Bénéficiaire du RSA , Cadre demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de la fonction publique , Cadre demandeur d'emploi , Demandeur d'emploi plus de 26 ans , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>03/23/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Recherche Expérimentation Formation Loisirs et Tourisme Social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REFLETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association du Centre d'Orientation de Psychologie Appliquée et de Documentation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
@@ -1229,139 +1229,140 @@
       <x:c r="T4" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
+      <x:c r="J5" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>611161</x:v>
+        <x:v>611140</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="J6" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>611140</x:v>
+        <x:v>611161</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1560,139 +1561,140 @@
       <x:c r="T10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
+      <x:c r="J11" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>611159</x:v>
+        <x:v>611139</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="J12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>611139</x:v>
+        <x:v>611159</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -1879,106 +1881,106 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>611181</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>611136</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
@@ -2052,193 +2054,193 @@
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>623391</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>609016</x:v>
+        <x:v>616277</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="S21" s="0" t="n">
+        <x:v>609016</x:v>
+      </x:c>
+      <x:c r="T21" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="S21" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="N22" s="15" t="n">
+        <x:v>42057</x:v>
+      </x:c>
+      <x:c r="O22" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P22" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>598706</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>35</x:v>
@@ -2327,147 +2329,147 @@
       <x:c r="R24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>623390</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L25" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M25" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N25" s="3" t="n">
+        <x:v>42057</x:v>
+      </x:c>
+      <x:c r="O25" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P25" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S25" s="0" t="n">
+        <x:v>616354</x:v>
+      </x:c>
+      <x:c r="T25" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="L25" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>616354</x:v>
+        <x:v>616275</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -2485,218 +2487,216 @@
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>598405</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="C28" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C28" s="15" t="n">
+        <x:v>36840</x:v>
+      </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
-      <x:c r="F28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F28" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
       <x:c r="G28" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J28" s="14" t="s"/>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>611151</x:v>
+        <x:v>583638</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="S29" s="0" t="n">
+        <x:v>611131</x:v>
+      </x:c>
+      <x:c r="T29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="S29" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="J30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>611131</x:v>
+        <x:v>611151</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -2856,126 +2856,126 @@
       <x:c r="C34" s="15" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>599371</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="F35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="L35" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M35" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="N35" s="3" t="n">
+        <x:v>42057</x:v>
+      </x:c>
+      <x:c r="O35" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P35" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="L35" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="P35" s="0" t="s">
+      <x:c r="Q35" s="4" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>583602</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>