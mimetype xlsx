--- v1 (2026-03-19)
+++ v2 (2026-03-19)
@@ -2075,258 +2075,258 @@
   <x:si>
     <x:t>Les Cavaliers de la Louvière</x:t>
   </x:si>
   <x:si>
     <x:t>CDL</x:t>
   </x:si>
   <x:si>
     <x:t>84410</x:t>
   </x:si>
   <x:si>
     <x:t>BEDOIN</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DU Ethologie 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours bio-ingénierie des tissus et des implants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DESIU Médecine morphologique et anti-âge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biologie intégrative et physiologie parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biologie structurale, génomique parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention bio-géosciences parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention génie mécanique parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention microbiologie parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention nanosciences et nanotechnologies parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention neurosciences parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention physique fondamentale et applications parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention bio-géosciences parcours préparation à l'agrégation SV-STU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention immunologie parcours immunologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biodiversité, écologie et évolution parcours biodiversité : fonctions et conservation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers|Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biodiversité, écologie et évolution parcours écologie pour la gestion des villes et des territoires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biodiversité, écologie et évolution parcours gestion adaptative de la biodiversité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention humanités médicales parcours addictologie de la cellule au comportement humain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention humanités médicales parcours approches éthiques, déontologiques et déontologiques en santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention humanités médicales parcours Homme et vieillissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé parcours cadre de proximité dans le secteur sanitaire, médico-social et social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé parcours formateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé parcours recherche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours  Artificial intelligence for public health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours encadrement des organisations de santé et management de la qualité et de la sécurité des soins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours épidémiologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours handicap et santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours méthodes quantitatives et économétriques pour la recherche en santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours santé publique société et développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : entraînement et optimisation de la performance sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours ingénierie et ergonomie du mouvement humain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours facteurs humains des interactions avec l'environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention physique fondamentale et applications parcours physique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours solutions fondées sur la nature</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie biologique et écologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie physique et biogéochimique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours biomarqueurs et intelligence artificielle</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours approche intégrative des fonctions du vivant : du gène à la pathologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours Computational and mathematical biology</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours biochimie structurale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours génomique et analyse des données</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention microbiologie parcours ingénierie et biotechnologies microbiennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention microbiologie parcours microbiologie fondamentale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours ingénierie des matériaux et nanotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours nano-ingénierie et dispositifs quantiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours  Cellular and systems neuroscience</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Euro-mediterranean Master in Neuroscience (EMN-Online)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Integrated and cognitive neuroscience</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention physique fondamentale et applications parcours optics &amp; photonics (Europhotonics)</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention physique fondamentale et applications parcours physique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours  qualité et sécurité en agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours biologie végétale et biotechnologies environnementales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours conception de structures composites</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences du vivant</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours génétique humaine et médicale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours maladies infectieuses et microbiote</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours maladies métaboliques, vasculaires et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours oncologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours recherche clinique et simulation en santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours technologies de la santé</x:t>
-  </x:si>
-[...97 lines deleted...]
-    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours facteurs humains des interactions avec l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -21628,3845 +21628,3846 @@
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>581622</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
-        <x:v>39185</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>577548</x:v>
+        <x:v>576274</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="C366" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="J366" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>12061</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>577558</x:v>
+        <x:v>589598</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>38563</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>577559</x:v>
+        <x:v>581553</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>674</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>12036</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>575961</x:v>
+        <x:v>581554</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>38965</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>576140</x:v>
+        <x:v>581556</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>38965</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>12003</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>576144</x:v>
+        <x:v>581560</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>680</x:v>
-[...1 lines deleted...]
-      <x:c r="C371" s="3" t="s"/>
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="C371" s="3" t="n">
+        <x:v>39508</x:v>
+      </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>576145</x:v>
+        <x:v>581561</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>681</x:v>
-[...1 lines deleted...]
-      <x:c r="C372" s="15" t="s"/>
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="C372" s="15" t="n">
+        <x:v>38969</x:v>
+      </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>576147</x:v>
+        <x:v>581568</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
-        <x:v>38969</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>21543</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>574980</x:v>
+        <x:v>581569</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>38969</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>21543</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>574981</x:v>
+        <x:v>581570</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>574983</x:v>
+        <x:v>581571</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>38691</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>11406</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>574984</x:v>
+        <x:v>574943</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>38972</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>12051</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>574985</x:v>
+        <x:v>574951</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>38972</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>574986</x:v>
+        <x:v>577544</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
-        <x:v>38972</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
-        <x:v>12051</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>574987</x:v>
+        <x:v>577545</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>574988</x:v>
+        <x:v>577546</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>38994</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>574989</x:v>
+        <x:v>577547</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="C382" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>574990</x:v>
+        <x:v>576204</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>690</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>574991</x:v>
+        <x:v>576215</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>691</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>574997</x:v>
+        <x:v>576218</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>40617</x:v>
+        <x:v>39890</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>14229</x:v>
+        <x:v>14284</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>581325</x:v>
+        <x:v>576228</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>693</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>39195</x:v>
+        <x:v>39890</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>14284</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>574998</x:v>
+        <x:v>576229</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>38984</x:v>
+        <x:v>39890</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>14284</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>575010</x:v>
+        <x:v>576230</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>38984</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>575011</x:v>
+        <x:v>576232</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>37933</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>575047</x:v>
+        <x:v>576233</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>697</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>38672</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
-        <x:v>645</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>12008</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>590163</x:v>
+        <x:v>576234</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>698</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>40525</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>32062</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>588082</x:v>
+        <x:v>576235</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>38970</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>12036</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>576198</x:v>
+        <x:v>576236</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>38970</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>12036</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>576199</x:v>
+        <x:v>576237</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>701</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>38970</x:v>
+        <x:v>35973</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>12036</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>576200</x:v>
+        <x:v>576259</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>38970</x:v>
+        <x:v>38698</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>12036</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>576201</x:v>
+        <x:v>576270</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>38970</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>12036</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>576202</x:v>
+        <x:v>576271</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>38970</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>12036</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>576203</x:v>
+        <x:v>576272</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>38699</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>15454</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>576274</x:v>
+        <x:v>574991</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>707</x:v>
-[...1 lines deleted...]
-      <x:c r="C399" s="3" t="s"/>
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="C399" s="3" t="n">
+        <x:v>39185</x:v>
+      </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
+      <x:c r="J399" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>12087</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>589598</x:v>
+        <x:v>577548</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>38965</x:v>
+        <x:v>38563</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>12003</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>581553</x:v>
+        <x:v>577558</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>709</x:v>
-[...1 lines deleted...]
-      <x:c r="C401" s="3" t="s"/>
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="C401" s="3" t="n">
+        <x:v>38563</x:v>
+      </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>581554</x:v>
+        <x:v>577559</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>38963</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>581556</x:v>
+        <x:v>575961</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>38984</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>581560</x:v>
+        <x:v>576140</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>39508</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>581561</x:v>
+        <x:v>576144</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>713</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>21543</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>581568</x:v>
+        <x:v>576145</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>714</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>11406</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>581569</x:v>
+        <x:v>576147</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>38972</x:v>
+        <x:v>38969</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>12051</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>581570</x:v>
+        <x:v>574980</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38969</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>581571</x:v>
+        <x:v>574981</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>38963</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>574943</x:v>
+        <x:v>574983</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>39508</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>574951</x:v>
+        <x:v>574984</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>39185</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>577544</x:v>
+        <x:v>574985</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>39185</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>577545</x:v>
+        <x:v>574986</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>39185</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>577546</x:v>
+        <x:v>574987</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>39185</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>577547</x:v>
+        <x:v>574988</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>723</x:v>
-[...1 lines deleted...]
-      <x:c r="C415" s="3" t="s"/>
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="C415" s="3" t="n">
+        <x:v>38994</x:v>
+      </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>576204</x:v>
+        <x:v>574989</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>724</x:v>
-[...1 lines deleted...]
-      <x:c r="C416" s="15" t="s"/>
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="C416" s="15" t="n">
+        <x:v>38994</x:v>
+      </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>576215</x:v>
+        <x:v>574990</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>725</x:v>
-[...1 lines deleted...]
-      <x:c r="C417" s="3" t="s"/>
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="C417" s="3" t="n">
+        <x:v>39195</x:v>
+      </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>576218</x:v>
+        <x:v>574997</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>39890</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>14284</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>576228</x:v>
+        <x:v>581325</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>39890</x:v>
+        <x:v>39195</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>14284</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>576229</x:v>
+        <x:v>574998</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>39890</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>14284</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>576230</x:v>
+        <x:v>575010</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>39311</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>11001</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>576232</x:v>
+        <x:v>575011</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>39311</x:v>
+        <x:v>37933</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>576233</x:v>
+        <x:v>575047</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>39311</x:v>
+        <x:v>38672</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>11001</x:v>
+        <x:v>12008</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>576234</x:v>
+        <x:v>590163</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>39311</x:v>
+        <x:v>40525</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>636</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>32062</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>576235</x:v>
+        <x:v>588082</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>671</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>39311</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>11001</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>576236</x:v>
+        <x:v>576198</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>39311</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>576237</x:v>
+        <x:v>576199</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>35973</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>576259</x:v>
+        <x:v>576200</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
-        <x:v>38698</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>12087</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>576270</x:v>
+        <x:v>576201</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>38699</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>576271</x:v>
+        <x:v>576202</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>38699</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>15454</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>576272</x:v>
+        <x:v>576203</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 