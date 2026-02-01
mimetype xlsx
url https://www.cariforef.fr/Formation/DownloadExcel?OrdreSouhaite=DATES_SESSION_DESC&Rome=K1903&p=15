--- v0 (2026-02-01)
+++ v1 (2026-02-01)
@@ -323,74 +323,74 @@
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Droit</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit du numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention économie du droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Science politique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention droit notarial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Notariat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>DU DESU droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion sport</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention économie du droit</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>master mention droit</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Politique publique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit bancaire et financier</x:t>
   </x:si>
   <x:si>
     <x:t>Droit affaires</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit de l'immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Droit urbanisme</x:t>
   </x:si>
   <x:si>
     <x:t>certificat d'aptitude à la profession d'avocat</x:t>
   </x:si>
   <x:si>
     <x:t>École des avocats du Sud-Est</x:t>
@@ -1079,69 +1079,69 @@
   <x:si>
     <x:t>01/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours sécurité intérieure</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit privé parcours droit de l'enfant</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des assurances (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des transports internationaux et de la supply chain</x:t>
   </x:si>
   <x:si>
     <x:t>DESU mise en œuvre RGPD - mission Déléguée à la Protection des Données</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit de l'environnement parcours droit de la transition environnementale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit des affaires approfondi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours droit de l'exécution des peines</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention justice, procès et procédures parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit social parcours droit des relations de travail et de la protection sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours pratique du droit des étrangers</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Master mention droit pénal et sciences criminelles parcours droit de l'exécution des peines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de l'énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours compliance et droit des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit fiscal parcours douane</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours délinquance financière et compliance</x:t>
   </x:si>
   <x:si>
     <x:t>Délégué à la protection des données (DPO)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire du droit et des institutions parcours histoire du droit et des idées politiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier parcours procédures bancaires et marché des professionnels (Contrat de Professionnalisation)</x:t>
   </x:si>
@@ -2522,304 +2522,303 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>595447</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>39020</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>13054</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>597434</x:v>
+        <x:v>591988</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>84</x:v>
-[...1 lines deleted...]
-      <x:c r="C16" s="15" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C16" s="15" t="n">
+        <x:v>38973</x:v>
+      </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J16" s="14" t="s"/>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="J16" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>15457</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>593100</x:v>
+        <x:v>591992</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>13054</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>591988</x:v>
+        <x:v>595636</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38973</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>13275</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>591992</x:v>
+        <x:v>597434</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>13254</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>595636</x:v>
+        <x:v>593100</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
@@ -3480,51 +3479,51 @@
       <x:c r="J32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>595446</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -3941,51 +3940,51 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>597446</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
@@ -4021,51 +4020,51 @@
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>597498</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
@@ -4158,190 +4157,190 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>597267</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39020</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>591987</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>591990</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>591991</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
@@ -4408,51 +4407,51 @@
       <x:c r="I49" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>595632</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -4506,51 +4505,51 @@
         <x:v>39262</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>597497</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
@@ -6108,139 +6107,139 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>576491</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>13209</x:v>
+        <x:v>15073</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>614423</x:v>
+        <x:v>615180</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>15073</x:v>
+        <x:v>13209</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>615180</x:v>
+        <x:v>614423</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>246</x:v>
@@ -7021,51 +7020,51 @@
       <x:c r="G98" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>598413</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
@@ -7253,51 +7252,51 @@
       <x:c r="G102" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>576322</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
@@ -8645,51 +8644,51 @@
       <x:c r="G126" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>575686</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
@@ -8761,51 +8760,51 @@
       <x:c r="G128" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>576321</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
@@ -9590,388 +9589,388 @@
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>603937</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>38198</x:v>
+        <x:v>36761</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>13219</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>580924</x:v>
+        <x:v>576301</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38160</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>13234</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>581254</x:v>
+        <x:v>576308</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>38198</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>587480</x:v>
+        <x:v>576324</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>36761</x:v>
+        <x:v>38198</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>12518</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>576301</x:v>
+        <x:v>580924</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>38160</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>13234</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>576308</x:v>
+        <x:v>581254</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>38200</x:v>
+        <x:v>38198</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>576324</x:v>
+        <x:v>587480</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>