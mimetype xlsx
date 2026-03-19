--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -1191,156 +1191,156 @@
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>531607</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>528752</x:v>
+        <x:v>528751</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>528751</x:v>
+        <x:v>528752</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">