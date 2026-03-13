--- v0 (2026-03-11)
+++ v1 (2026-03-13)
@@ -167,65 +167,65 @@
   <x:si>
     <x:t>06220</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Action sociale</x:t>
   </x:si>
   <x:si>
     <x:t>VALLAURIS</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>TDAH Adulte : Démarche étape par étape pour l’évaluation psychologique/neuropsychologique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA sans TDI : Accompagner des adultes vers l’emploi en milieu ordinaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autisme, TSA : adapter l'accueil et la prise en charge en service d'accueil d'urgence</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Autisme, TSA : Intervenir auprès du très jeune enfant (moins de 48 mois)</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Répondre aux besoins des personnes vieillissantes</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA sans TDI : Comprendre, repérer et accompagner</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'université formation pair aidance</x:t>
@@ -251,143 +251,143 @@
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TND - Repérer les troubles neurodéveloppementaux chez les 0-3 ans</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Evaluation PEP-3 pour enfants (à partir de 2 ans)</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autisme, TSA : Repères spatio-temporels et prévisibilité</x:t>
   </x:si>
   <x:si>
-    <x:t>09/21/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>préparation à l'entrée dans les formations sociales (niveau CAP à bac) technicien de l'intervention sociale et familiale</x:t>
   </x:si>
   <x:si>
     <x:t>IMFRIS</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Travail social</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>cycle préparatoire intégré (CPGE à parcours sécurisé, associées avec le Lycée Externat St Joseph (La Cordeille), implantées à l'ISEN Yncréa Méditerranée de Toulon, programmes MPSI-PSI adaptés)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mathématiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCIL préparation au concours d'ATSEM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Viste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention intervention sociale : accompagnement de publics spécifiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intervention sociale familiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
-    <x:t>FCIL préparation au concours d'ATSEM</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité carrières sociales parcours villes et territoires durables</x:t>
   </x:si>
   <x:si>
     <x:t>Développement durable</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Accompagner avec bientraitance au quotidien</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
@@ -413,56 +413,56 @@
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Évaluation TTAP pour adolescents et adultes (à partir de 13 ans)</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autisme, TSA : Utiliser des évaluations perceptives et sensorielles pour établir un Plan d’Action Sensoriel Individualisé</x:t>
   </x:si>
   <x:si>
-    <x:t>05/22/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Parcours d’intégration aux métiers du soin et de l’accompagnement</x:t>
   </x:si>
   <x:si>
     <x:t>Amn Conseil et Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Prévenir et lutter contre les Violences Sexistes et Sexuelles au Travail (VSST)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour l'Amélioration des Conditions de Travail</x:t>
@@ -518,75 +518,75 @@
   <x:si>
     <x:t>Mouvement Français pour le Planning Familial des Bouches du Rhône</x:t>
   </x:si>
   <x:si>
     <x:t>MFPF 13</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil familial conjugal</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESU Education thérapeutique communication pharmacien / patient et télésoins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention intervention sociale : accompagnement de publics spécifiques parcours développement et médiation linguistiques en langue des signes</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialisation médiation ou négociation familiale</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Hautes Etudes en Médiation et en Négociation</x:t>
   </x:si>
   <x:si>
     <x:t>IHEMN</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médiateur ou négociateur en matière familiale</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
@@ -1252,159 +1252,159 @@
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>616634</x:v>
+        <x:v>585145</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>585142</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>585145</x:v>
+        <x:v>616634</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
@@ -1677,145 +1677,145 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>585129</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>585173</x:v>
+        <x:v>585126</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>585126</x:v>
+        <x:v>585173</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
@@ -1832,194 +1832,194 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>616013</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>616012</x:v>
+        <x:v>597159</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>592396</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>597159</x:v>
+        <x:v>616014</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40056</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -2075,51 +2075,51 @@
       <x:c r="K19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>616014</x:v>
+        <x:v>616012</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35516</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
@@ -2297,51 +2297,51 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>585154</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
@@ -2350,51 +2350,51 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>585144</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
@@ -2554,145 +2554,145 @@
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>585133</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>585132</x:v>
+        <x:v>585128</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>585128</x:v>
+        <x:v>585132</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
@@ -2716,128 +2716,128 @@
         <x:v>585125</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>617977</x:v>
+        <x:v>617200</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>617200</x:v>
+        <x:v>617977</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -3022,214 +3022,213 @@
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>572786</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>40056</x:v>
+        <x:v>35516</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="H38" s="14" t="s">
+      <x:c r="I38" s="16" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>44008</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>574882</x:v>
+        <x:v>575962</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>91</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="H39" s="0" t="s">
+      <x:c r="I39" s="4" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="S39" s="0" t="n">
+        <x:v>589580</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="R39" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C40" s="15" t="s"/>
+      <x:c r="C40" s="15" t="n">
+        <x:v>40056</x:v>
+      </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="H40" s="14" t="s">
+      <x:c r="I40" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="I40" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="J40" s="14" t="s"/>
+      <x:c r="J40" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>44074</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="S40" s="14" t="n">
+        <x:v>574882</x:v>
+      </x:c>
+      <x:c r="T40" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="R40" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>