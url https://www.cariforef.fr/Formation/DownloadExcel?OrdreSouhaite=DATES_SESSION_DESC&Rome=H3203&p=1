--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -179,69 +179,69 @@
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Construction automobile</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS - Certificat de spécialisation Maquettes et prototypes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation maquettes et prototypes</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>CQP opérateur matériaux composites hautes performances</x:t>
   </x:si>
   <x:si>
     <x:t>Afpi Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Matériau composite</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -858,152 +858,152 @@
       <x:c r="R2" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>611311</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>38304</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>23646</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>593069</x:v>
+        <x:v>612076</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B4" s="14" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38304</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>23646</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>612076</x:v>
+        <x:v>593069</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39881</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>