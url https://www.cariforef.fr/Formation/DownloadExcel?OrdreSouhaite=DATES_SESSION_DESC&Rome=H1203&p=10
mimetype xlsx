--- v0 (2026-03-17)
+++ v1 (2026-03-18)
@@ -452,116 +452,116 @@
   <x:si>
     <x:t>BTS CPI - Conception des Produits Industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet industriel</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des processus de réalisation de produits option B : production sérielle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des processus de réalisation de produits option A : production unitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro modélisation et prototypage 3D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAO</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS conception et industrialisation en microtechniques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>13741</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique précision</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours innovation pour l'industrie</x:t>
   </x:si>
   <x:si>
-    <x:t>13397</x:t>
-[...11 lines deleted...]
-    <x:t>FAO</x:t>
+    <x:t>BTS conception des produits industriels (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miramas Formation - Cfa Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>BTS enveloppe des bâtiments : conception et réalisation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Diderot</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS conception des produits industriels (Apprentissage)</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>BTS enveloppe des bâtiments : conception et réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention objet</x:t>
   </x:si>
   <x:si>
     <x:t>Art appliqué</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Tourrache</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
@@ -947,60 +947,60 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours signaux Images télécommunications et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours électronique, électrotechnique et automatique</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours conception et production durable</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fusion 360 - Initiation et approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Clic et Bât - Cf2i</x:t>
   </x:si>
   <x:si>
     <x:t>33700</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mécanique parcours mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Projeteur en ingénierie d'installation générale industrielle (Apprentissage)</x:t>
   </x:si>
@@ -3030,493 +3030,492 @@
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>595870</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38743</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>23661</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="R27" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="Q27" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>593247</x:v>
+        <x:v>592030</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>35463</x:v>
+        <x:v>36191</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>31622</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>596735</x:v>
+        <x:v>596504</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38980</x:v>
+        <x:v>36191</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>31654</x:v>
+        <x:v>31622</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592030</x:v>
+        <x:v>596505</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>36191</x:v>
+        <x:v>38743</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>31622</x:v>
+        <x:v>23661</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>596504</x:v>
+        <x:v>593247</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>36191</x:v>
+        <x:v>35463</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>31622</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>596505</x:v>
+        <x:v>596735</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>37495</x:v>
+        <x:v>37374</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>22411</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>611243</x:v>
+        <x:v>602801</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>37374</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>141</x:v>
-[...2 lines deleted...]
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>31606</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>602801</x:v>
+        <x:v>605500</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>41382</x:v>
+        <x:v>37495</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>12520</x:v>
+        <x:v>22411</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>605500</x:v>
+        <x:v>611243</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -4043,136 +4042,136 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>604364</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>596506</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>596507</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
@@ -4386,94 +4385,94 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>597742</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>602802</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -4505,51 +4504,51 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>602255</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
@@ -4918,51 +4917,51 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>595599</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
@@ -5548,190 +5547,190 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>594086</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>596503</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>596508</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>596509</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -5830,51 +5829,51 @@
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>605767</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
@@ -6012,51 +6011,51 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>605764</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>23054</x:v>
@@ -7298,51 +7297,51 @@
       <x:c r="U102" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -7410,51 +7409,51 @@
       <x:c r="U104" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -7469,51 +7468,51 @@
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -7687,51 +7686,51 @@
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -7994,89 +7993,89 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>610010</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>547698</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
@@ -8737,51 +8736,51 @@
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>575007</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
@@ -9031,342 +9030,341 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>575967</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>37374</x:v>
+        <x:v>35463</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>31606</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>547694</x:v>
+        <x:v>556139</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>35466</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>547695</x:v>
+        <x:v>556140</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>292</x:v>
-[...1 lines deleted...]
-      <x:c r="H136" s="14" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>552110</x:v>
+        <x:v>550239</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>35463</x:v>
+        <x:v>35466</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
-      <x:c r="E137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>556139</x:v>
+        <x:v>575969</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>35466</x:v>
+        <x:v>37374</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s"/>
+      <x:c r="E138" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>282</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>575969</x:v>
+        <x:v>552110</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>29798</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -9390,158 +9388,158 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>550287</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>35466</x:v>
+        <x:v>37374</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>556140</x:v>
+        <x:v>547694</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>37374</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>31606</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>550239</x:v>
+        <x:v>547695</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>172</x:v>
@@ -9572,51 +9570,51 @@
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>550242</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
@@ -10311,95 +10309,95 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>541906</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>558857</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -10771,89 +10769,89 @@
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>542262</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>515637</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
@@ -11116,154 +11114,153 @@
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>491843</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>37405</x:v>
+        <x:v>37464</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s"/>
+      <x:c r="E170" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>572449</x:v>
+        <x:v>493128</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>37464</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
-      <x:c r="E171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>31652</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>493128</x:v>
+        <x:v>572449</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
@@ -11637,51 +11634,51 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>515736</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
@@ -11875,51 +11872,51 @@
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>500983</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
@@ -12177,51 +12174,51 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>500984</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
@@ -12298,51 +12295,51 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>509934</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>