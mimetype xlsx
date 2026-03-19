--- v1 (2026-03-18)
+++ v2 (2026-03-19)
@@ -1643,80 +1643,80 @@
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel électricien d'équipement du bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FCIP AIX-MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13857</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel électricien d'équipement du bâtiment</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique H1 H1V B1 B1V</x:t>
   </x:si>
   <x:si>
     <x:t>Bernard Clément Formation Travaux Publics</x:t>
   </x:si>
   <x:si>
     <x:t>BCFTP</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
@@ -1763,56 +1763,56 @@
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Électricien d'Équipement du Bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Licencié pour motif économique</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/13/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B2 - BC - BR</x:t>
   </x:si>
   <x:si>
     <x:t>Adrh Management</x:t>
   </x:si>
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel , Public en emploi , Public sans emploi , Tout public</x:t>
@@ -2126,54 +2126,54 @@
   <x:si>
     <x:t>Collège Henri Boudon</x:t>
   </x:si>
   <x:si>
     <x:t>84500</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>ADEF</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>ADEF</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Technicien d'équipement et d'exploitation en électricité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel La Floride</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Technicien en énergies renouvelables - Option B : Energie thermique (ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>Artech Formation</x:t>
   </x:si>
@@ -22979,375 +22979,375 @@
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>610433</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="C368" s="15" t="s"/>
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C368" s="15" t="n">
+        <x:v>37442</x:v>
+      </x:c>
       <x:c r="D368" s="15" t="s"/>
-      <x:c r="E368" s="14" t="s"/>
-      <x:c r="F368" s="14" t="s"/>
+      <x:c r="E368" s="14" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F368" s="14" t="s">
+        <x:v>526</x:v>
+      </x:c>
       <x:c r="G368" s="14" t="s">
-        <x:v>78</x:v>
-[...1 lines deleted...]
-      <x:c r="H368" s="14" t="s"/>
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="H368" s="14" t="s">
+        <x:v>528</x:v>
+      </x:c>
       <x:c r="I368" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>597831</x:v>
+        <x:v>612396</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>24095</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>597850</x:v>
+        <x:v>610435</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>524799</x:v>
+        <x:v>597831</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>524897</x:v>
+        <x:v>597850</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
-      <x:c r="E372" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E372" s="14" t="s"/>
+      <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>612396</x:v>
+        <x:v>524799</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="C373" s="3" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C373" s="3" t="n">
+        <x:v>37442</x:v>
+      </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H373" s="0" t="s">
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J373" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>24095</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>610435</x:v>
+        <x:v>524897</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>57</x:v>
@@ -24745,271 +24745,269 @@
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>611979</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>470</x:v>
-[...1 lines deleted...]
-      <x:c r="C400" s="15" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C400" s="15" t="n">
+        <x:v>37442</x:v>
+      </x:c>
       <x:c r="D400" s="15" t="s"/>
-      <x:c r="E400" s="14" t="s"/>
+      <x:c r="E400" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>606218</x:v>
+        <x:v>616808</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>46</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
-      <x:c r="E401" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>585105</x:v>
+        <x:v>606218</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
-      <x:c r="E402" s="14" t="s"/>
+      <x:c r="E402" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>177</x:v>
-[...1 lines deleted...]
-      <x:c r="H402" s="14" t="s"/>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H402" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>608332</x:v>
+        <x:v>585105</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
-      <x:c r="E403" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>616808</x:v>
+        <x:v>608332</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>69</x:v>
@@ -25635,51 +25633,51 @@
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>552779</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="G416" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>478</x:v>
@@ -25935,126 +25933,126 @@
       <x:c r="R420" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>602099</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F421" s="0" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="G421" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="F421" s="0" t="s">
+      <x:c r="H421" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="G421" s="0" t="s">
+      <x:c r="I421" s="4" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>612400</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F422" s="14" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="G422" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="F422" s="14" t="s">
+      <x:c r="H422" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="G422" s="14" t="s">
+      <x:c r="I422" s="16" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26225,107 +26223,107 @@
       <x:c r="R425" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>609324</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F426" s="14" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="G426" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="F426" s="14" t="s">
+      <x:c r="H426" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="G426" s="14" t="s">
+      <x:c r="I426" s="16" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>612401</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>478</x:v>
@@ -26639,51 +26637,51 @@
         <x:v>251</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>565304</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
@@ -27763,51 +27761,51 @@
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>623518</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>37</x:v>
@@ -28543,63 +28541,63 @@
       <x:c r="R467" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>540433</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F468" s="14" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="G468" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="F468" s="14" t="s">
+      <x:c r="H468" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="G468" s="14" t="s">
+      <x:c r="I468" s="16" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -28722,63 +28720,63 @@
       <x:c r="R470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>571630</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F471" s="0" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="G471" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="F471" s="0" t="s">
+      <x:c r="H471" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="G471" s="0" t="s">
+      <x:c r="I471" s="4" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -28840,63 +28838,63 @@
       <x:c r="R472" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>601095</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F473" s="0" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="G473" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="F473" s="0" t="s">
+      <x:c r="H473" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="G473" s="0" t="s">
+      <x:c r="I473" s="4" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -28951,70 +28949,70 @@
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>601091</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F475" s="0" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="G475" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="F475" s="0" t="s">
+      <x:c r="H475" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="G475" s="0" t="s">
+      <x:c r="I475" s="4" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -29465,51 +29463,51 @@
       <x:c r="M483" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>529535</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
@@ -29524,350 +29522,352 @@
       <x:c r="M484" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>529570</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>37442</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
+      <x:c r="E485" s="0" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="F485" s="0" t="s">
+        <x:v>477</x:v>
+      </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>513280</x:v>
+        <x:v>583844</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>131</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
-      <x:c r="E486" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>154</x:v>
-[...1 lines deleted...]
-      <x:c r="H486" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H486" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I486" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>557528</x:v>
+        <x:v>513068</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
-      <x:c r="E487" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>579666</x:v>
+        <x:v>513280</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>37442</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
-        <x:v>476</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>583844</x:v>
+        <x:v>557528</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
+      <x:c r="E489" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F489" s="0" t="s">
+        <x:v>526</x:v>
+      </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>513068</x:v>
+        <x:v>579666</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="G490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -30539,273 +30539,273 @@
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>547832</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>202</x:v>
-[...1 lines deleted...]
-      <x:c r="H502" s="14" t="s"/>
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="H502" s="14" t="s">
+        <x:v>685</x:v>
+      </x:c>
       <x:c r="I502" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>553799</x:v>
+        <x:v>488073</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
+      <x:c r="E503" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>648</x:v>
-[...2 lines deleted...]
-        <x:v>686</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>488072</x:v>
+        <x:v>556714</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>648</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>648</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>488073</x:v>
+        <x:v>553799</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
-      <x:c r="E505" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="H505" s="0" t="s">
+        <x:v>685</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>556714</x:v>
+        <x:v>488072</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">