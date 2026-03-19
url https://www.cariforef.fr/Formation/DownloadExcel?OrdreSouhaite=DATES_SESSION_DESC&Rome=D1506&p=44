--- v1 (2026-03-19)
+++ v2 (2026-03-19)
@@ -1814,54 +1814,54 @@
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Public sous main de justice , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Aubagne - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
@@ -26970,317 +26970,317 @@
       <x:c r="S420" s="14" t="n">
         <x:v>496045</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>497645</x:v>
+        <x:v>509508</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
-        <x:v>89</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
-      <x:c r="E422" s="14" t="s"/>
+      <x:c r="E422" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>517410</x:v>
+        <x:v>497645</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>517470</x:v>
+        <x:v>517410</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
-      <x:c r="E424" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>518420</x:v>
+        <x:v>517470</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>509508</x:v>
+        <x:v>518420</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>123</x:v>
@@ -27413,51 +27413,51 @@
       <x:c r="M428" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>498526</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27470,51 +27470,51 @@
       <x:c r="M429" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>498529</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
@@ -33829,51 +33829,51 @@
       <x:c r="M538" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>510950</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33886,51 +33886,51 @@
       <x:c r="M539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>510951</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">