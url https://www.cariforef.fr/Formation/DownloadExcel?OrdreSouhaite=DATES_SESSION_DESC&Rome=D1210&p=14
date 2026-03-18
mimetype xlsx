--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -749,69 +749,69 @@
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel conseiller de vente (Apprentissage) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente - Compétences climat matériaux biosourcés</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
@@ -5050,221 +5050,220 @@
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>599905</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
-        <x:v>211</x:v>
-[...2 lines deleted...]
-        <x:v>212</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>612366</x:v>
+        <x:v>620156</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="F60" s="14" t="s"/>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="F60" s="14" t="s">
+        <x:v>212</x:v>
+      </x:c>
       <x:c r="G60" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="Q60" s="16" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="R60" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="S60" s="14" t="n">
+        <x:v>612366</x:v>
+      </x:c>
+      <x:c r="T60" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="Q60" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>609634</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="G62" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -8061,338 +8060,340 @@
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>551913</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>40358</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
+      <x:c r="E111" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>573915</x:v>
+        <x:v>552328</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>552328</x:v>
+        <x:v>555070</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>555070</x:v>
+        <x:v>555110</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>237</x:v>
-[...1 lines deleted...]
-      <x:c r="H114" s="14" t="s"/>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>555110</x:v>
+        <x:v>555843</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>38856</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>555843</x:v>
+        <x:v>551911</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>105</x:v>
@@ -8403,349 +8404,346 @@
       <x:c r="K116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>551911</x:v>
+        <x:v>551912</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>38856</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
-      <x:c r="E117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>104</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>42004</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>551912</x:v>
+        <x:v>581579</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>581579</x:v>
+        <x:v>587435</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>38856</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>587435</x:v>
+        <x:v>555719</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>38856</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>42004</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>555719</x:v>
+        <x:v>552363</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
-      <x:c r="E121" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>552363</x:v>
+        <x:v>573915</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>38</x:v>
@@ -8878,51 +8876,51 @@
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>573093</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
@@ -9516,155 +9514,156 @@
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>560333</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>38856</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>42004</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>497203</x:v>
+        <x:v>552985</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>38856</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>552985</x:v>
+        <x:v>497203</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>103</x:v>