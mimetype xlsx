--- v0 (2026-03-17)
+++ v1 (2026-03-18)
@@ -248,77 +248,77 @@
   <x:si>
     <x:t>Mécanique pêche</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 + Certificat général d'opérateur + module yatch</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 500 - Revalidation</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Capitaine marine</x:t>
   </x:si>
   <x:si>
+    <x:t>Brevet de capitaine 500 module P2-2 manutention et arrimage de la cargaison, contrôle de l'exploitation du navire et assistance aux personnes à bord</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Brevet de capitaine 200 + certificat général d'opérateur (cgo)</x:t>
   </x:si>
   <x:si>
-    <x:t>11/03/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Brevet de capitaine 500</x:t>
   </x:si>
   <x:si>
     <x:t>Institut pour l'Etude et l'Intégration des Nouvelles Techniques et Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>INSEIT</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Brevet de capitaine 500 module P2-2 manutention et arrimage de la cargaison, contrôle de l'exploitation du navire et assistance aux personnes à bord</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 + Certificat général d'opérateur (Habilitation) + Brevet de mécanicien 250 kW</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Navigation commerce plaisance</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 yacht modules P1-1 / P2-1 / NP-1 / yacht</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 + Brevet de mécanicien 250 kW</x:t>
@@ -365,95 +365,95 @@
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 avec CGO</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Brevet de capitaine 200 voile + Certificat général d'opérateur (Habilitation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 - Revalidation</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de chef mécanicien</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 yacht</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat général d'opérateur (Habilitation) + Brevet de capitaine 200 yacht</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Opérateur radio</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 3000</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude à l'hyperbarie classe 0</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole d'Interventions Hyperbares</x:t>
   </x:si>
   <x:si>
     <x:t>83740</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude à l'hyperbarie (Mention B, Classe 0)</x:t>
   </x:si>
   <x:si>
     <x:t>Septentrion Environnement</x:t>
   </x:si>
   <x:si>
-    <x:t>Brevet de capitaine 200 voile + Certificat général d'opérateur (Habilitation)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Brevet de capitaine 200 - Théorie : cours + test</x:t>
   </x:si>
   <x:si>
     <x:t>Pôle Tauroentum</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de chef de quart 500  - Théorie</x:t>
   </x:si>
   <x:si>
     <x:t>Mare Nicéa</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
@@ -491,93 +491,93 @@
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module yacht</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>mastère spé. Defense and Security in Space</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École de l'air et de l'espace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécurité défense</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de l'air et de l'espace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON DE PROVENCE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'élève officier de 1ère classe de la marine marchande</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure maritime</x:t>
   </x:si>
   <x:si>
     <x:t>ENSM - site du Havre</x:t>
   </x:si>
   <x:si>
     <x:t>76600</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Résolution problème</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1400,219 +1400,222 @@
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>578721</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>38863</x:v>
+        <x:v>39152</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>31883</x:v>
+        <x:v>31892</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>598834</x:v>
+        <x:v>578733</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>39152</x:v>
+        <x:v>38863</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
-      <x:c r="E8" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E8" s="14" t="s"/>
+      <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>31892</x:v>
+        <x:v>31883</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>583626</x:v>
+        <x:v>598834</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39152</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
+      <x:c r="E9" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F9" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31892</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>578733</x:v>
+        <x:v>583626</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39152</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -1905,110 +1908,110 @@
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>584711</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39152</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31892</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>583201</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39152</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
@@ -2199,147 +2202,147 @@
       <x:c r="R20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>578699</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39652</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>583209</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39652</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G22" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>583628</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -2447,757 +2450,754 @@
       <x:c r="T24" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>583627</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>583200</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39934</x:v>
+        <x:v>39652</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>574852</x:v>
+        <x:v>606824</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38863</x:v>
+        <x:v>39934</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>31883</x:v>
+        <x:v>31870</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>578713</x:v>
+        <x:v>574852</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>39819</x:v>
+        <x:v>38863</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>21320</x:v>
+        <x:v>31883</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>574853</x:v>
+        <x:v>578713</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>39652</x:v>
+        <x:v>39819</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>31870</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>578716</x:v>
+        <x:v>574853</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>39653</x:v>
+        <x:v>39652</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>31892</x:v>
+        <x:v>31870</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>578717</x:v>
+        <x:v>578716</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C32" s="15" t="s"/>
-[...2 lines deleted...]
-      </x:c>
+      <x:c r="C32" s="15" t="n">
+        <x:v>39653</x:v>
+      </x:c>
+      <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>31890</x:v>
+        <x:v>31892</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>578741</x:v>
+        <x:v>578717</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="s"/>
+      <x:c r="D33" s="3" t="n">
+        <x:v>5861</x:v>
+      </x:c>
+      <x:c r="G33" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I33" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="K33" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L33" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M33" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N33" s="3" t="n">
+        <x:v>31890</x:v>
+      </x:c>
+      <x:c r="O33" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C33" s="3" t="n">
-[...29 lines deleted...]
-      </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>544791</x:v>
+        <x:v>578741</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C34" s="15" t="s"/>
+      <x:c r="C34" s="15" t="n">
+        <x:v>39799</x:v>
+      </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>107</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>617788</x:v>
+        <x:v>544791</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>620544</x:v>
+        <x:v>617788</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>606824</x:v>
+        <x:v>620544</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>578188</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39655</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
@@ -3210,51 +3210,51 @@
       <x:c r="J38" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>578182</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -3264,51 +3264,51 @@
       <x:c r="J39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>580934</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
@@ -3321,51 +3321,51 @@
       <x:c r="J40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>580935</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3473,75 +3473,75 @@
         <x:v>126</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>606657</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
@@ -3578,360 +3578,360 @@
         <x:v>89</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>616877</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31892</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>586504</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>38863</x:v>
+        <x:v>39152</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>31883</x:v>
+        <x:v>31892</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>621784</x:v>
+        <x:v>621785</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>39152</x:v>
+        <x:v>38863</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>31892</x:v>
+        <x:v>31883</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>621785</x:v>
+        <x:v>621784</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="C48" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="J48" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>42802</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="P48" s="14" t="s"/>
+      <x:c r="P48" s="14" t="s">
+        <x:v>145</x:v>
+      </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>595206</x:v>
+        <x:v>597177</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="I49" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31893</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>615955</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>148</x:v>
-[...1 lines deleted...]
-      <x:c r="C50" s="15" t="s"/>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C50" s="15" t="n">
+        <x:v>41163</x:v>
+      </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="J50" s="14" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>42802</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>151</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="P50" s="14" t="s"/>
       <x:c r="Q50" s="16" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="R50" s="14" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="S50" s="14" t="n">
+        <x:v>595206</x:v>
+      </x:c>
+      <x:c r="T50" s="16" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="U50" s="16" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>