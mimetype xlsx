--- v2 (2026-03-20)
+++ v3 (2026-03-20)
@@ -773,68 +773,68 @@
   <x:si>
     <x:t>EM Normandie Programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable en développement commercial et marketing (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager du marketing et de la relation client spécificité manager marketing et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing opérationnel</x:t>
   </x:si>
   <x:si>
     <x:t>Convaincre et s’imposer en négociation</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable en développement commercial et marketing (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Responsable du développement commercial France et International BC 1 Assurer une veille commerciale, concurrentielle, technologique et définir les plans d'actions marketing en France et à l'international</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Développement durable</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'activité commerciale et marketing</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Développement Commercial</x:t>
@@ -1196,71 +1196,71 @@
   <x:si>
     <x:t>Master mention marketing, vente parcours communication et conduite du changement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention marketing, vente parcours management et marketing des services</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de la performance commerciale et du marketing digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Sainte Marie - Institut Supérieur du Tourisme de Cannes</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention langues étrangères appliquées parcours PME-Export</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable en développement commercial et marketing</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention métiers du commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention langues étrangères appliquées parcours PME-Export</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement commercial (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement Promotion Echanges Internationaux</x:t>
   </x:si>
   <x:si>
     <x:t>GPEI</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>M2S Formation Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du marketing et de la relation client (Apprentissage)</x:t>
@@ -1532,80 +1532,80 @@
   <x:si>
     <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable du développement commercial spécificité développement commercial stratégique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de développement commercial</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable en développement commercial et marketing spécialisation business international</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable de développement commercial</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>07/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie commerciale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel - CFA Régional Propreté Environnement Hygiène - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge programme grande école spécialisation audit expert (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
@@ -2285,114 +2285,114 @@
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>manager développement et performance commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management et commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>master mention marketing, vente</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">manager du développement commercial </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de la stratégie digitale marketing et commerciale (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Étude marché</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMD École de management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMD Ecole de management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My BS - My Business School La Valette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bachelor en sciences du management - diplôme de management international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion entreprise internationale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>responsable en développement commercial et marketing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Marseille (cours Messidoro)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>manager d'affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ÉRUDIS Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager transport, logistique et commerce international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé de développement commercial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Aix en Provence (Cours Messidoro)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Win Sport School Nice</x:t>
-  </x:si>
-[...61 lines deleted...]
-    <x:t>École Pigier Aix en Provence (Cours Messidoro)</x:t>
   </x:si>
   <x:si>
     <x:t>My Business School Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de zone import-export (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor marketing &amp; Business - diplôme de responsable du marketing et du développement commercial</x:t>
   </x:si>
   <x:si>
     <x:t>IDRAC BS</x:t>
   </x:si>
   <x:si>
     <x:t>Administration ventes</x:t>
   </x:si>
   <x:si>
     <x:t>FORMAPLUS</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
@@ -6835,211 +6835,212 @@
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>497986</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38938</x:v>
+        <x:v>37633</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>34053</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="P66" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="P66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>559238</x:v>
+        <x:v>553384</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="C67" s="3" t="s"/>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="n">
+        <x:v>38938</x:v>
+      </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
+      <x:c r="J67" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>34582</x:v>
+        <x:v>34053</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>559251</x:v>
+        <x:v>559238</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>237</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>197</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>34582</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>553384</x:v>
+        <x:v>559251</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -7112,195 +7113,195 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>562535</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>553383</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39205</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>558984</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38808</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>559228</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -7452,90 +7453,90 @@
       <x:c r="S76" s="14" t="n">
         <x:v>559256</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36743</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>553364</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7621,244 +7622,244 @@
         <x:v>559197</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37069</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>553379</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>36460</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>553387</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38938</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>559245</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39205</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>562919</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
@@ -8072,51 +8073,51 @@
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>578833</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
@@ -8294,51 +8295,51 @@
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>578390</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
@@ -8717,76 +8718,76 @@
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>612771</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37069</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>586232</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
@@ -10221,51 +10222,51 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>555962</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
@@ -10873,213 +10874,213 @@
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>547463</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>40445</x:v>
+        <x:v>39263</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>575856</x:v>
+        <x:v>575706</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>39263</x:v>
+        <x:v>37633</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>575706</x:v>
+        <x:v>556970</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>37633</x:v>
+        <x:v>40445</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>556970</x:v>
+        <x:v>575856</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35748</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -11102,162 +11103,161 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>553086</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>40172</x:v>
+        <x:v>37849</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>384</x:v>
-[...2 lines deleted...]
-        <x:v>385</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34026</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>579135</x:v>
+        <x:v>549528</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>37849</x:v>
+        <x:v>40172</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>201</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>385</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>34026</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>549528</x:v>
+        <x:v>579135</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37849</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11313,51 +11313,51 @@
       <x:c r="G144" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>599660</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
@@ -11716,57 +11716,57 @@
       <x:c r="H151" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>575877</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11888,51 +11888,51 @@
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>558045</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
@@ -12065,54 +12065,54 @@
       <x:c r="H157" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>575875</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
@@ -13061,57 +13061,57 @@
       <x:c r="H174" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>575876</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38602</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14265,82 +14265,82 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>537645</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>586197</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
@@ -14714,82 +14714,82 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>589591</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>586174</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
@@ -15411,213 +15411,213 @@
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>554359</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>37633</x:v>
+        <x:v>38505</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
+      <x:c r="E215" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>549298</x:v>
+        <x:v>553123</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36395</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>572703</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>38505</x:v>
+        <x:v>37633</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
-      <x:c r="E217" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>553123</x:v>
+        <x:v>549298</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>40359</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
@@ -15632,51 +15632,51 @@
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>573882</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40591</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
@@ -15692,51 +15692,51 @@
       <x:c r="L219" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>581594</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
@@ -15751,108 +15751,108 @@
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>553081</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>549025</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38131</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -15865,51 +15865,51 @@
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>572904</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38131</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15919,51 +15919,51 @@
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>574059</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
@@ -15978,51 +15978,51 @@
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>553080</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>35748</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -16035,167 +16035,167 @@
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>31847</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>553084</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38505</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>553120</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>577642</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35535</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>515</x:v>
@@ -16212,111 +16212,111 @@
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>21540</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>546102</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>549022</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
@@ -16328,111 +16328,111 @@
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>553079</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38505</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>553122</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36764</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>62</x:v>
@@ -17220,51 +17220,51 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>607493</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
@@ -18427,82 +18427,82 @@
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>554083</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>617277</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
@@ -18743,51 +18743,51 @@
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>584184</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
@@ -19185,51 +19185,51 @@
         <x:v>558103</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>37069</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>576</x:v>
@@ -19389,85 +19389,85 @@
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>558104</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>611668</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
@@ -19556,61 +19556,61 @@
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>613711</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -19697,51 +19697,51 @@
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>608668</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
@@ -19804,51 +19804,51 @@
         <x:v>38808</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>611866</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
@@ -20027,51 +20027,51 @@
         <x:v>38938</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>613751</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
@@ -20086,51 +20086,51 @@
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>608667</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
@@ -20178,76 +20178,76 @@
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>608660</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>614514</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
@@ -20280,51 +20280,51 @@
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>612774</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>34582</x:v>
       </x:c>
@@ -20415,51 +20415,51 @@
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>608679</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
@@ -20601,87 +20601,87 @@
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>620758</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>609145</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
@@ -21087,82 +21087,82 @@
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>616617</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>616487</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
@@ -21172,51 +21172,51 @@
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>607181</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
@@ -22088,51 +22088,51 @@
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>599485</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>37633</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
@@ -22571,51 +22571,51 @@
       <x:c r="G342" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>599661</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
@@ -22827,51 +22827,51 @@
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>615885</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>34085</x:v>
@@ -23249,51 +23249,51 @@
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>607291</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
@@ -24183,51 +24183,51 @@
       <x:c r="M370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>601434</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
@@ -24575,51 +24575,51 @@
       <x:c r="J377" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>595422</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
@@ -24822,784 +24822,788 @@
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>608406</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>38505</x:v>
+        <x:v>39884</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
-      <x:c r="E382" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>333</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>21540</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>609622</x:v>
+        <x:v>615887</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>38025</x:v>
+        <x:v>38505</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="H383" s="0" t="s">
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>605215</x:v>
+        <x:v>609622</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>644</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>38131</x:v>
+        <x:v>38025</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
-      <x:c r="E384" s="14" t="s"/>
+      <x:c r="E384" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
-        <x:v>648</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>597172</x:v>
+        <x:v>605215</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>40240</x:v>
+        <x:v>41475</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
+      <x:c r="E385" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>34554</x:v>
+        <x:v>34060</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>596820</x:v>
+        <x:v>603758</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>742</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>39884</x:v>
+        <x:v>40240</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>21540</x:v>
+        <x:v>34554</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>615887</x:v>
+        <x:v>596820</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>40257</x:v>
+        <x:v>38830</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>592492</x:v>
+        <x:v>591885</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>38830</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>592527</x:v>
+        <x:v>591887</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>38830</x:v>
+        <x:v>40248</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>591885</x:v>
+        <x:v>592561</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>38830</x:v>
+        <x:v>38763</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>32006</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>591887</x:v>
+        <x:v>616041</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>40248</x:v>
+        <x:v>37633</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>592561</x:v>
+        <x:v>597144</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>747</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>38763</x:v>
+        <x:v>38131</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>32006</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>616041</x:v>
+        <x:v>597171</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>37633</x:v>
+        <x:v>40257</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>597144</x:v>
+        <x:v>592492</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>38131</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>597171</x:v>
+        <x:v>592527</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>35748</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>31847</x:v>
@@ -25703,173 +25707,171 @@
       <x:c r="J397" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>595497</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>755</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>41475</x:v>
+        <x:v>41672</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
-      <x:c r="E398" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>34060</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>603758</x:v>
+        <x:v>615939</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>757</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>41672</x:v>
+        <x:v>38131</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>615939</x:v>
+        <x:v>597172</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38123</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
@@ -26242,51 +26244,51 @@
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>609576</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
@@ -26705,75 +26707,75 @@
       <x:c r="R414" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>600168</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>40359</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>592529</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
@@ -26783,60 +26785,60 @@
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>592540</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
@@ -27039,51 +27041,51 @@
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>616687</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>41672</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>34085</x:v>
@@ -27927,105 +27929,105 @@
         <x:v>201</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>744</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>592538</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>38123</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>597169</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
@@ -29002,51 +29004,51 @@
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>600151</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>41672</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>34085</x:v>
@@ -29284,84 +29286,84 @@
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>592528</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>755</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>41475</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>34060</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>603760</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
@@ -30119,82 +30121,82 @@
         <x:v>601591</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38505</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>599892</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>37849</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -31314,51 +31316,51 @@
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>601339</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
@@ -31368,51 +31370,51 @@
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>623261</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">