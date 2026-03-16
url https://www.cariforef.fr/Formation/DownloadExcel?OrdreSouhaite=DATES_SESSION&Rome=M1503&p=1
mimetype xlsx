--- v0 (2026-03-16)
+++ v1 (2026-03-16)
@@ -563,110 +563,110 @@
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
+    <x:t>Fdm Groupe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2S Formation Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
-    <x:t>M2S Formation Aubagne</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Responsabilité sociétale entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
-    <x:t>Fdm Groupe</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Sainte Marie - Institut Supérieur du Tourisme de Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Wiki Learn Formation</x:t>
   </x:si>
   <x:si>
     <x:t>WLF</x:t>
@@ -902,59 +902,59 @@
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en gestion administrative et ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable ressources humaines BC 4 Piloter le développement des compétences</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des ressources humaines bloc de compétences 3 Organisation de la Communication Ressources Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Prévenir, analyser et résoudre un conflit professionnel</x:t>
   </x:si>
   <x:si>
+    <x:t>Approfondissement en Médiation et en Négociation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médiation socioculturelle</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cycle Professionnel Recrutement</x:t>
   </x:si>
   <x:si>
-    <x:t>Approfondissement en Médiation et en Négociation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Manager des ressources humaines BC4 Promotion de l’engagement social et sociétal</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en gestion administrative et ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Notions en médiation et négociation</x:t>
   </x:si>
   <x:si>
     <x:t>01/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Management Intermédiaire : réaliser un entretien annuel d'évaluation - réaliser un entretien professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite entretien évaluation</x:t>
@@ -1244,62 +1244,62 @@
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Le Cours Messidoro - Pigier - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours coaching dans les organisations</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
+    <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triphase Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours recherche, études et conseil en organisation, travail et ressources humaines</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention management parcours contrôle de gestion et reporting</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention gestion des ressources humaines parcours recherche, études et conseil en organisation, travail et ressources humaines</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Gestion des Ressources Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
@@ -1514,56 +1514,56 @@
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Iscod</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Iscod</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Steliaxe</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Recyclage SSCT des Membres du CSE en Santé pour les + de 300 salariés, Sécurité et Conditions de Travail (SSCT)</x:t>
   </x:si>
   <x:si>
     <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>AEFE</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Économie membre comité social économique</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Comment manager la qualité de vie au travail ?</x:t>
@@ -2027,95 +2027,95 @@
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>Direction établissement médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORMAPLUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My BS - My Business School La Valette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Marseille (cours Messidoro)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Aix en Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>IPAG programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG Business School</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG BS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention psychologie</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>My BS - My Business School Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Responsable paie et audit social (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gf2b</x:t>
   </x:si>
   <x:si>
     <x:t>Membre élu du CE , Membre élu du CHSCT , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
@@ -2159,54 +2159,54 @@
   <x:si>
     <x:t>Alternance Var Vaucluse - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers de la gestion et de la comptabilité : comptabilité et paie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Licence pro mention métiers de la gestion et de la comptabilité : comptabilité et paie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
@@ -4648,627 +4648,628 @@
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>502448</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>37748</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="H35" s="0" t="s">
+      <x:c r="I35" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="R35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>541389</x:v>
+        <x:v>497626</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>39</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>509941</x:v>
+        <x:v>552644</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>36986</x:v>
+        <x:v>37748</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>503874</x:v>
+        <x:v>541389</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>552644</x:v>
+        <x:v>509941</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>38112</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>32008</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>552920</x:v>
+        <x:v>503874</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>36411</x:v>
+        <x:v>38112</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>496175</x:v>
+        <x:v>552920</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>36411</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>543478</x:v>
+        <x:v>496175</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>36986</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>498932</x:v>
+        <x:v>543478</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>543481</x:v>
+        <x:v>498932</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>497626</x:v>
+        <x:v>543481</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -5599,140 +5600,140 @@
       <x:c r="S50" s="14" t="n">
         <x:v>509554</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>546150</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>548733</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37010</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5777,51 +5778,51 @@
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -5834,51 +5835,51 @@
       <x:c r="T54" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -5893,78 +5894,78 @@
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>548737</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -6092,51 +6093,51 @@
       <x:c r="G59" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>549107</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
@@ -6310,143 +6311,143 @@
       <x:c r="S62" s="14" t="n">
         <x:v>504406</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>36986</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>504112</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>509972</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>34798</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8092,141 +8093,140 @@
       <x:c r="R93" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>553373</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>265</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>559263</x:v>
+        <x:v>511517</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>91</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>511517</x:v>
+        <x:v>559263</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36411</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -8446,51 +8446,51 @@
         <x:v>287</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>33083</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>567248</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>287</x:v>
@@ -9664,51 +9664,51 @@
       <x:c r="J122" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>545492</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9877,75 +9877,75 @@
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>554314</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40863</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
@@ -10108,76 +10108,76 @@
         <x:v>556971</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38112</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>552921</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
@@ -10340,82 +10340,82 @@
         <x:v>558580</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="Q134" s="16" t="s">
+      <x:c r="R134" s="14" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>552645</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -10481,173 +10481,173 @@
         <x:v>126</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>545494</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>546151</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39601</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>599249</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -11975,144 +11975,144 @@
         <x:v>554916</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37748</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>555030</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37748</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>555031</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
@@ -12322,566 +12322,566 @@
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>552224</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>35917</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>575022</x:v>
+        <x:v>581326</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
+      <x:c r="E169" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>354</x:v>
-[...2 lines deleted...]
-        <x:v>355</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>575868</x:v>
+        <x:v>547477</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>35878</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s"/>
+      <x:c r="E170" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>354</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>581326</x:v>
+        <x:v>560756</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>35878</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>547477</x:v>
+        <x:v>560762</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>35878</x:v>
+        <x:v>38899</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>560756</x:v>
+        <x:v>552440</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>35878</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>560762</x:v>
+        <x:v>547292</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>38899</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>383</x:v>
-[...1 lines deleted...]
-      <x:c r="H174" s="14" t="s"/>
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s">
+        <x:v>355</x:v>
+      </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>32688</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>552440</x:v>
+        <x:v>575868</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>547292</x:v>
+        <x:v>552234</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>35917</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>122</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>355</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>552234</x:v>
+        <x:v>575022</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -12916,82 +12916,82 @@
         <x:v>554813</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>546067</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13021,398 +13021,399 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>566599</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>37969</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>220</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>32008</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>549108</x:v>
+        <x:v>554316</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>37266</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>33052</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>549287</x:v>
+        <x:v>558909</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>554842</x:v>
+        <x:v>549493</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>37969</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>554316</x:v>
+        <x:v>549108</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>38438</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>33036</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>558909</x:v>
+        <x:v>549287</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>549493</x:v>
+        <x:v>554842</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -13852,78 +13853,78 @@
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>548734</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
@@ -14027,78 +14028,78 @@
       <x:c r="T196" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>548738</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -14143,51 +14144,51 @@
       <x:c r="T198" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -14202,51 +14203,51 @@
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -14677,199 +14678,199 @@
         <x:v>589861</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>589870</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38112</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>611659</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>556596</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15029,78 +15030,78 @@
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>547007</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15373,84 +15374,84 @@
         <x:v>588376</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>589867</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -16010,84 +16011,84 @@
       <x:c r="R230" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>549293</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>608731</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
@@ -16380,51 +16381,51 @@
       <x:c r="I237" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>15097</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>598659</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
@@ -16433,100 +16434,100 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>598661</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>33053</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>598740</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
@@ -16535,100 +16536,100 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>33053</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>598713</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>33053</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>598738</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
@@ -16637,100 +16638,100 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>33053</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>598655</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>33053</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>598656</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
@@ -16739,100 +16740,100 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>33053</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>598719</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>33053</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>598737</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
@@ -16841,51 +16842,51 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>33053</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>598744</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
@@ -17306,650 +17307,652 @@
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>611285</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>609134</x:v>
+        <x:v>608620</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>58</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
-      <x:c r="E256" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>60</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>33036</x:v>
+        <x:v>33053</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>602645</x:v>
+        <x:v>590382</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>37851</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="Q257" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="R257" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="S257" s="0" t="n">
+        <x:v>609134</x:v>
+      </x:c>
+      <x:c r="T257" s="4" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>37851</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
-      <x:c r="E258" s="14" t="s"/>
+      <x:c r="E258" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>613630</x:v>
+        <x:v>602645</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>468</x:v>
-[...1 lines deleted...]
-      <x:c r="C259" s="3" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C259" s="3" t="n">
+        <x:v>38460</x:v>
+      </x:c>
       <x:c r="D259" s="3" t="s"/>
+      <x:c r="E259" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J259" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>33053</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>590382</x:v>
+        <x:v>609155</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
-      <x:c r="E260" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>609155</x:v>
+        <x:v>613630</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>277</x:v>
-[...1 lines deleted...]
-      <x:c r="C261" s="3" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C261" s="3" t="n">
+        <x:v>38824</x:v>
+      </x:c>
       <x:c r="D261" s="3" t="s"/>
+      <x:c r="E261" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J261" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>613721</x:v>
+        <x:v>609149</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>485</x:v>
-[...1 lines deleted...]
-      <x:c r="C262" s="15" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C262" s="15" t="n">
+        <x:v>35280</x:v>
+      </x:c>
       <x:c r="D262" s="15" t="s"/>
-      <x:c r="E262" s="14" t="s"/>
+      <x:c r="E262" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>486</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>488</x:v>
-[...1 lines deleted...]
-      <x:c r="J262" s="14" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J262" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>13113</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>599762</x:v>
+        <x:v>608960</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>121</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
-      <x:c r="E263" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>608960</x:v>
+        <x:v>613721</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="H264" s="14" t="s"/>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s">
+        <x:v>487</x:v>
+      </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>13113</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>609149</x:v>
+        <x:v>599762</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>33053</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>599729</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
@@ -17958,100 +17961,100 @@
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>13113</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>599763</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>614426</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
@@ -18060,100 +18063,100 @@
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>600796</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>33049</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>613727</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -18166,51 +18169,51 @@
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>613758</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -18220,51 +18223,51 @@
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>612004</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -18277,51 +18280,51 @@
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>618914</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>500</x:v>
@@ -18329,51 +18332,51 @@
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>33002</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>599752</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
@@ -18384,51 +18387,51 @@
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>33056</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>599761</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>41770</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -18441,104 +18444,104 @@
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>616632</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>615319</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -18551,51 +18554,51 @@
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>602649</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
@@ -18610,51 +18613,51 @@
       <x:c r="L278" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>608959</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -18664,51 +18667,51 @@
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>613632</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
@@ -18723,51 +18726,51 @@
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>609152</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -18780,51 +18783,51 @@
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>602646</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>41770</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
@@ -18839,51 +18842,51 @@
       <x:c r="L282" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>616628</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -18896,51 +18899,51 @@
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>608956</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
@@ -18955,100 +18958,100 @@
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>608957</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>614419</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
@@ -19059,51 +19062,51 @@
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>32130</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>533718</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
@@ -19111,51 +19114,51 @@
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>32130</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>533724</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -19168,51 +19171,51 @@
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>613745</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -19225,51 +19228,51 @@
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>602650</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
@@ -19280,100 +19283,100 @@
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>613877</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>32130</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>614406</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
@@ -19382,100 +19385,100 @@
       <x:c r="L292" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>13113</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>614427</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>32130</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>577439</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
@@ -19484,51 +19487,51 @@
       <x:c r="L294" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>33002</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>614418</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
@@ -19536,167 +19539,167 @@
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>13113</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>599750</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>608621</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>608686</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
@@ -19707,51 +19710,51 @@
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>13113</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>599732</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
@@ -19759,51 +19762,51 @@
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>13113</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>599733</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
@@ -19814,51 +19817,51 @@
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>13113</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>599754</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -21038,51 +21041,51 @@
       <x:c r="I323" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>614954</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s">
         <x:v>603</x:v>
@@ -21567,78 +21570,78 @@
       <x:c r="T332" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>599237</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -21765,170 +21768,170 @@
         <x:v>126</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>601473</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>35878</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>603538</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>603542</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
@@ -22002,57 +22005,57 @@
       <x:c r="H340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>609186</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -22096,82 +22099,82 @@
         <x:v>614697</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>599175</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>39595</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
@@ -22209,76 +22212,76 @@
         <x:v>592300</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38112</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>605527</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
@@ -22388,81 +22391,81 @@
       <x:c r="S346" s="14" t="n">
         <x:v>603822</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>599177</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -22854,78 +22857,78 @@
       <x:c r="T354" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>39601</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>599250</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -22933,51 +22936,51 @@
       <x:c r="G356" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>602743</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
@@ -23024,76 +23027,76 @@
         <x:v>620429</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>39604</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>605534</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
@@ -23199,78 +23202,78 @@
       <x:c r="S360" s="14" t="n">
         <x:v>596730</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>37151</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>616039</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -23601,75 +23604,75 @@
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>35878</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>603539</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
@@ -23881,377 +23884,384 @@
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>608105</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
-        <x:v>37969</x:v>
+        <x:v>39023</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>32008</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>596833</x:v>
+        <x:v>592014</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>591926</x:v>
+        <x:v>620514</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>37748</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>616042</x:v>
+        <x:v>596480</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
-        <x:v>617</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>39023</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
-      <x:c r="E376" s="14" t="s"/>
+      <x:c r="E376" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>152</x:v>
-[...1 lines deleted...]
-      <x:c r="H376" s="14" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H376" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="I376" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>592014</x:v>
+        <x:v>603407</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>625</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
+      <x:c r="E377" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>620514</x:v>
+        <x:v>603543</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>602551</x:v>
+        <x:v>602496</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -24272,730 +24282,718 @@
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>600433</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
-        <x:v>36143</x:v>
+        <x:v>37748</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>660</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>660</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>596480</x:v>
+        <x:v>616042</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>39023</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
-      <x:c r="E381" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>603407</x:v>
+        <x:v>592013</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>39864</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
-      <x:c r="E382" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>603543</x:v>
+        <x:v>592278</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>602496</x:v>
+        <x:v>602551</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>39864</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
-      <x:c r="E384" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>600159</x:v>
+        <x:v>591926</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>37969</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>592418</x:v>
+        <x:v>596833</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
-        <x:v>149</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>39864</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
-      <x:c r="E386" s="14" t="s"/>
+      <x:c r="E386" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>608103</x:v>
+        <x:v>600159</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
-      <x:c r="E387" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>603646</x:v>
+        <x:v>586471</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>38438</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>33036</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>586471</x:v>
+        <x:v>592418</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>41132</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
-      <x:c r="E389" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>608466</x:v>
+        <x:v>608103</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>617</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>41132</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
-      <x:c r="E390" s="14" t="s"/>
+      <x:c r="E390" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>637</x:v>
-[...1 lines deleted...]
-      <x:c r="H390" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s">
+        <x:v>160</x:v>
+      </x:c>
       <x:c r="I390" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>595468</x:v>
+        <x:v>608466</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>595469</x:v>
+        <x:v>595468</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
@@ -25005,282 +25003,284 @@
       <x:c r="J392" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>595470</x:v>
+        <x:v>595469</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>595471</x:v>
+        <x:v>595470</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>39023</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>592013</x:v>
+        <x:v>595471</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>625</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>39864</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>592278</x:v>
+        <x:v>596482</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
-        <x:v>617</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>36143</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
-      <x:c r="E396" s="14" t="s"/>
+      <x:c r="E396" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>596482</x:v>
+        <x:v>603646</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38519</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -25367,51 +25367,51 @@
       <x:c r="T398" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -25426,135 +25426,135 @@
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>601586</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>601574</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>40303</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -25585,208 +25585,207 @@
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>616867</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>41132</x:v>
+        <x:v>29805</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
-      <x:c r="E403" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>599894</x:v>
+        <x:v>618315</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>29805</x:v>
+        <x:v>41132</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
-      <x:c r="E404" s="14" t="s"/>
+      <x:c r="E404" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>618315</x:v>
+        <x:v>599894</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>679</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>601577</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
@@ -26479,84 +26478,84 @@
         <x:v>607673</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>607696</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -26600,84 +26599,84 @@
         <x:v>607724</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>607699</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -26769,222 +26768,221 @@
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>601251</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>40107</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>177</x:v>
-[...2 lines deleted...]
-        <x:v>227</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>607698</x:v>
+        <x:v>617481</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>697</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>40107</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>400</x:v>
-[...1 lines deleted...]
-      <x:c r="H424" s="14" t="s"/>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s">
+        <x:v>227</x:v>
+      </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>32688</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>617481</x:v>
+        <x:v>607726</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>607726</x:v>
+        <x:v>607698</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>110</x:v>
@@ -27001,51 +26999,51 @@
       <x:c r="M426" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>607672</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>661</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>136</x:v>
       </x:c>